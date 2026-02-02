--- v0 (2025-11-30)
+++ v1 (2026-02-02)
@@ -636,51 +636,51 @@
       </c>
       <c r="AB2">
         <v>3</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>VLT</v>
       </c>
       <c r="B3" t="str">
         <v>2</v>
       </c>
       <c r="C3">
         <v>2</v>
       </c>
       <c r="D3" t="str">
         <v>Peace, Love &amp; Birdies</v>
       </c>
       <c r="E3">
         <v>-2</v>
       </c>
       <c r="F3">
         <v>53</v>
       </c>
       <c r="H3" t="str">
-        <v>matt123taylor,sherbear13,sdolling</v>
+        <v>sdolling,matt123taylor,sherbear13</v>
       </c>
       <c r="I3">
         <v>-2</v>
       </c>
       <c r="J3">
         <v>53</v>
       </c>
       <c r="K3">
         <v>4</v>
       </c>
       <c r="L3">
         <v>3</v>
       </c>
       <c r="M3">
         <v>3</v>
       </c>
       <c r="N3">
         <v>2</v>
       </c>
       <c r="O3">
         <v>3</v>
       </c>
       <c r="P3">
         <v>3</v>
       </c>
@@ -719,51 +719,51 @@
       </c>
       <c r="AB3">
         <v>3</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>GRN</v>
       </c>
       <c r="B4" t="str">
         <v>1</v>
       </c>
       <c r="C4">
         <v>1</v>
       </c>
       <c r="D4" t="str">
         <v>Relyea or Not, Here We Throw</v>
       </c>
       <c r="E4">
         <v>-2</v>
       </c>
       <c r="F4">
         <v>53</v>
       </c>
       <c r="H4" t="str">
-        <v>kingbob1234,kbre1019,lember921</v>
+        <v>lember921,kbre1019,kingbob1234</v>
       </c>
       <c r="I4">
         <v>-2</v>
       </c>
       <c r="J4">
         <v>53</v>
       </c>
       <c r="K4">
         <v>4</v>
       </c>
       <c r="L4">
         <v>3</v>
       </c>
       <c r="M4">
         <v>3</v>
       </c>
       <c r="N4">
         <v>3</v>
       </c>
       <c r="O4">
         <v>3</v>
       </c>
       <c r="P4">
         <v>3</v>
       </c>
@@ -1134,51 +1134,51 @@
       </c>
       <c r="AB8">
         <v>4</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>RED</v>
       </c>
       <c r="B9" t="str">
         <v>3</v>
       </c>
       <c r="C9">
         <v>3</v>
       </c>
       <c r="D9" t="str">
         <v>Plastic Violence</v>
       </c>
       <c r="E9">
         <v>0</v>
       </c>
       <c r="F9">
         <v>55</v>
       </c>
       <c r="H9" t="str">
-        <v>johnhartson,mitchellraudat,davetheshinobi</v>
+        <v>johnhartson,davetheshinobi,mitchellraudat</v>
       </c>
       <c r="I9">
         <v>0</v>
       </c>
       <c r="J9">
         <v>55</v>
       </c>
       <c r="K9">
         <v>3</v>
       </c>
       <c r="L9">
         <v>3</v>
       </c>
       <c r="M9">
         <v>3</v>
       </c>
       <c r="N9">
         <v>2</v>
       </c>
       <c r="O9">
         <v>3</v>
       </c>
       <c r="P9">
         <v>5</v>
       </c>
@@ -1466,51 +1466,51 @@
       </c>
       <c r="AB12">
         <v>3</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>IND</v>
       </c>
       <c r="B13" t="str">
         <v>3</v>
       </c>
       <c r="C13">
         <v>3</v>
       </c>
       <c r="D13" t="str">
         <v>Power of All Ages</v>
       </c>
       <c r="E13">
         <v>4</v>
       </c>
       <c r="F13">
         <v>59</v>
       </c>
       <c r="H13" t="str">
-        <v>texnicho,jhenderson</v>
+        <v>jhenderson,texnicho</v>
       </c>
       <c r="I13">
         <v>4</v>
       </c>
       <c r="J13">
         <v>59</v>
       </c>
       <c r="K13">
         <v>4</v>
       </c>
       <c r="L13">
         <v>3</v>
       </c>
       <c r="M13">
         <v>3</v>
       </c>
       <c r="N13">
         <v>3</v>
       </c>
       <c r="O13">
         <v>4</v>
       </c>
       <c r="P13">
         <v>4</v>
       </c>
@@ -1679,51 +1679,51 @@
       </c>
       <c r="AB1" t="str">
         <v>hole_18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>BLU</v>
       </c>
       <c r="B2" t="str">
         <v>1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
         <v>All Day Three- Way</v>
       </c>
       <c r="E2">
         <v>-5</v>
       </c>
       <c r="F2">
         <v>50</v>
       </c>
       <c r="H2" t="str">
-        <v>craigfu,smalinjr,shannonstewart</v>
+        <v>craigfu,shannonstewart,smalinjr</v>
       </c>
       <c r="I2">
         <v>-5</v>
       </c>
       <c r="J2">
         <v>50</v>
       </c>
       <c r="K2">
         <v>3</v>
       </c>
       <c r="L2">
         <v>3</v>
       </c>
       <c r="M2">
         <v>3</v>
       </c>
       <c r="N2">
         <v>2</v>
       </c>
       <c r="O2">
         <v>3</v>
       </c>
       <c r="P2">
         <v>3</v>
       </c>
@@ -1762,51 +1762,51 @@
       </c>
       <c r="AB2">
         <v>3</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>BLU</v>
       </c>
       <c r="B3" t="str">
         <v>2</v>
       </c>
       <c r="C3">
         <v>2</v>
       </c>
       <c r="D3" t="str">
         <v xml:space="preserve"> Disc Functional Bros</v>
       </c>
       <c r="E3">
         <v>-4</v>
       </c>
       <c r="F3">
         <v>51</v>
       </c>
       <c r="H3" t="str">
-        <v>ctm430,patrickmarchand,bonas99</v>
+        <v>ctm430,bonas99,patrickmarchand</v>
       </c>
       <c r="I3">
         <v>-4</v>
       </c>
       <c r="J3">
         <v>51</v>
       </c>
       <c r="K3">
         <v>3</v>
       </c>
       <c r="L3">
         <v>3</v>
       </c>
       <c r="M3">
         <v>3</v>
       </c>
       <c r="N3">
         <v>2</v>
       </c>
       <c r="O3">
         <v>4</v>
       </c>
       <c r="P3">
         <v>3</v>
       </c>
@@ -1845,51 +1845,51 @@
       </c>
       <c r="AB3">
         <v>3</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>BLU</v>
       </c>
       <c r="B4" t="str">
         <v>T3</v>
       </c>
       <c r="C4">
         <v>3</v>
       </c>
       <c r="D4" t="str">
         <v>Ghidorah</v>
       </c>
       <c r="E4">
         <v>-3</v>
       </c>
       <c r="F4">
         <v>52</v>
       </c>
       <c r="H4" t="str">
-        <v>bugkillingbill,doggonecrazy81</v>
+        <v>doggonecrazy81,bugkillingbill</v>
       </c>
       <c r="I4">
         <v>-3</v>
       </c>
       <c r="J4">
         <v>52</v>
       </c>
       <c r="K4">
         <v>3</v>
       </c>
       <c r="L4">
         <v>3</v>
       </c>
       <c r="M4">
         <v>3</v>
       </c>
       <c r="N4">
         <v>2</v>
       </c>
       <c r="O4">
         <v>4</v>
       </c>
       <c r="P4">
         <v>2</v>
       </c>
@@ -1928,51 +1928,51 @@
       </c>
       <c r="AB4">
         <v>4</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>BLU</v>
       </c>
       <c r="B5" t="str">
         <v>T3</v>
       </c>
       <c r="C5">
         <v>3</v>
       </c>
       <c r="D5" t="str">
         <v>The Treesome Three</v>
       </c>
       <c r="E5">
         <v>-3</v>
       </c>
       <c r="F5">
         <v>52</v>
       </c>
       <c r="H5" t="str">
-        <v>mattkirshner,sarge122,jeffbabcock</v>
+        <v>sarge122,mattkirshner,jeffbabcock</v>
       </c>
       <c r="I5">
         <v>-3</v>
       </c>
       <c r="J5">
         <v>52</v>
       </c>
       <c r="K5">
         <v>3</v>
       </c>
       <c r="L5">
         <v>3</v>
       </c>
       <c r="M5">
         <v>3</v>
       </c>
       <c r="N5">
         <v>2</v>
       </c>
       <c r="O5">
         <v>4</v>
       </c>
       <c r="P5">
         <v>3</v>
       </c>
@@ -2094,51 +2094,51 @@
       </c>
       <c r="AB6">
         <v>3</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>BLU</v>
       </c>
       <c r="B7" t="str">
         <v>T6</v>
       </c>
       <c r="C7">
         <v>6</v>
       </c>
       <c r="D7" t="str">
         <v>Bourbon Barrel Bogey Bandits</v>
       </c>
       <c r="E7">
         <v>4</v>
       </c>
       <c r="F7">
         <v>59</v>
       </c>
       <c r="H7" t="str">
-        <v>nycubd,dowijo,heathen223</v>
+        <v>heathen223,nycubd,dowijo</v>
       </c>
       <c r="I7">
         <v>4</v>
       </c>
       <c r="J7">
         <v>59</v>
       </c>
       <c r="K7">
         <v>4</v>
       </c>
       <c r="L7">
         <v>4</v>
       </c>
       <c r="M7">
         <v>3</v>
       </c>
       <c r="N7">
         <v>3</v>
       </c>
       <c r="O7">
         <v>4</v>
       </c>
       <c r="P7">
         <v>4</v>
       </c>
@@ -2177,51 +2177,51 @@
       </c>
       <c r="AB7">
         <v>3</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>BLU</v>
       </c>
       <c r="B8" t="str">
         <v>T6</v>
       </c>
       <c r="C8">
         <v>6</v>
       </c>
       <c r="D8" t="str">
         <v>Huck off</v>
       </c>
       <c r="E8">
         <v>4</v>
       </c>
       <c r="F8">
         <v>59</v>
       </c>
       <c r="H8" t="str">
-        <v>nortonm,lamonte618</v>
+        <v>lamonte618,nortonm</v>
       </c>
       <c r="I8">
         <v>4</v>
       </c>
       <c r="J8">
         <v>59</v>
       </c>
       <c r="K8">
         <v>3</v>
       </c>
       <c r="L8">
         <v>3</v>
       </c>
       <c r="M8">
         <v>3</v>
       </c>
       <c r="N8">
         <v>3</v>
       </c>
       <c r="O8">
         <v>4</v>
       </c>
       <c r="P8">
         <v>3</v>
       </c>
@@ -2260,51 +2260,51 @@
       </c>
       <c r="AB8">
         <v>3</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>BLU</v>
       </c>
       <c r="B9" t="str">
         <v>T6</v>
       </c>
       <c r="C9">
         <v>6</v>
       </c>
       <c r="D9" t="str">
         <v>Three of a Kind</v>
       </c>
       <c r="E9">
         <v>4</v>
       </c>
       <c r="F9">
         <v>59</v>
       </c>
       <c r="H9" t="str">
-        <v>helmsman42,discobisco,ptbflyer</v>
+        <v>discobisco,ptbflyer,helmsman42</v>
       </c>
       <c r="I9">
         <v>4</v>
       </c>
       <c r="J9">
         <v>59</v>
       </c>
       <c r="K9">
         <v>3</v>
       </c>
       <c r="L9">
         <v>4</v>
       </c>
       <c r="M9">
         <v>2</v>
       </c>
       <c r="N9">
         <v>3</v>
       </c>
       <c r="O9">
         <v>5</v>
       </c>
       <c r="P9">
         <v>3</v>
       </c>
@@ -2426,51 +2426,51 @@
       </c>
       <c r="AB10">
         <v>3</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>YLW</v>
       </c>
       <c r="B11" t="str">
         <v>2</v>
       </c>
       <c r="C11">
         <v>2</v>
       </c>
       <c r="D11" t="str">
         <v>Who’s Your Caddy?</v>
       </c>
       <c r="E11">
         <v>-5</v>
       </c>
       <c r="F11">
         <v>50</v>
       </c>
       <c r="H11" t="str">
-        <v>david1808cyr,cdsmart,d3vinv</v>
+        <v>cdsmart,david1808cyr,d3vinv</v>
       </c>
       <c r="I11">
         <v>-5</v>
       </c>
       <c r="J11">
         <v>50</v>
       </c>
       <c r="K11">
         <v>3</v>
       </c>
       <c r="L11">
         <v>3</v>
       </c>
       <c r="M11">
         <v>2</v>
       </c>
       <c r="N11">
         <v>2</v>
       </c>
       <c r="O11">
         <v>4</v>
       </c>
       <c r="P11">
         <v>3</v>
       </c>
@@ -2509,51 +2509,51 @@
       </c>
       <c r="AB11">
         <v>3</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>YLW</v>
       </c>
       <c r="B12" t="str">
         <v>3</v>
       </c>
       <c r="C12">
         <v>3</v>
       </c>
       <c r="D12" t="str">
         <v>Smokin’ Threes</v>
       </c>
       <c r="E12">
         <v>-3</v>
       </c>
       <c r="F12">
         <v>52</v>
       </c>
       <c r="H12" t="str">
-        <v>joeytota,gunny66,kendily</v>
+        <v>gunny66,kendily,joeytota</v>
       </c>
       <c r="I12">
         <v>-3</v>
       </c>
       <c r="J12">
         <v>52</v>
       </c>
       <c r="K12">
         <v>3</v>
       </c>
       <c r="L12">
         <v>3</v>
       </c>
       <c r="M12">
         <v>2</v>
       </c>
       <c r="N12">
         <v>2</v>
       </c>
       <c r="O12">
         <v>5</v>
       </c>
       <c r="P12">
         <v>3</v>
       </c>
@@ -2675,51 +2675,51 @@
       </c>
       <c r="AB13">
         <v>3</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>YLW</v>
       </c>
       <c r="B14" t="str">
         <v>5</v>
       </c>
       <c r="C14">
         <v>5</v>
       </c>
       <c r="D14" t="str">
         <v>UCONN HUSKIES</v>
       </c>
       <c r="E14">
         <v>-1</v>
       </c>
       <c r="F14">
         <v>54</v>
       </c>
       <c r="H14" t="str">
-        <v>danielle6,mjbunko,sjacobsen</v>
+        <v>sjacobsen,mjbunko,danielle6</v>
       </c>
       <c r="I14">
         <v>-1</v>
       </c>
       <c r="J14">
         <v>54</v>
       </c>
       <c r="K14">
         <v>3</v>
       </c>
       <c r="L14">
         <v>3</v>
       </c>
       <c r="M14">
         <v>2</v>
       </c>
       <c r="N14">
         <v>2</v>
       </c>
       <c r="O14">
         <v>5</v>
       </c>
       <c r="P14">
         <v>2</v>
       </c>
@@ -2758,51 +2758,51 @@
       </c>
       <c r="AB14">
         <v>3</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>YLW</v>
       </c>
       <c r="B15" t="str">
         <v>T6</v>
       </c>
       <c r="C15">
         <v>6</v>
       </c>
       <c r="D15" t="str">
         <v>Burning Trees</v>
       </c>
       <c r="E15">
         <v>1</v>
       </c>
       <c r="F15">
         <v>56</v>
       </c>
       <c r="H15" t="str">
-        <v>joelstrillacci,jeannabeanna,jlove203</v>
+        <v>joelstrillacci,jlove203,jeannabeanna</v>
       </c>
       <c r="I15">
         <v>1</v>
       </c>
       <c r="J15">
         <v>56</v>
       </c>
       <c r="K15">
         <v>4</v>
       </c>
       <c r="L15">
         <v>3</v>
       </c>
       <c r="M15">
         <v>3</v>
       </c>
       <c r="N15">
         <v>2</v>
       </c>
       <c r="O15">
         <v>5</v>
       </c>
       <c r="P15">
         <v>3</v>
       </c>
@@ -2841,51 +2841,51 @@
       </c>
       <c r="AB15">
         <v>3</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>YLW</v>
       </c>
       <c r="B16" t="str">
         <v>T6</v>
       </c>
       <c r="C16">
         <v>6</v>
       </c>
       <c r="D16" t="str">
         <v>Eat a Bag of Discs</v>
       </c>
       <c r="E16">
         <v>1</v>
       </c>
       <c r="F16">
         <v>56</v>
       </c>
       <c r="H16" t="str">
-        <v>jcartell,dconde,joesemmelrock</v>
+        <v>joesemmelrock,jcartell,dconde</v>
       </c>
       <c r="I16">
         <v>1</v>
       </c>
       <c r="J16">
         <v>56</v>
       </c>
       <c r="K16">
         <v>3</v>
       </c>
       <c r="L16">
         <v>3</v>
       </c>
       <c r="M16">
         <v>3</v>
       </c>
       <c r="N16">
         <v>2</v>
       </c>
       <c r="O16">
         <v>4</v>
       </c>
       <c r="P16">
         <v>3</v>
       </c>
@@ -2924,51 +2924,51 @@
       </c>
       <c r="AB16">
         <v>3</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>ORG</v>
       </c>
       <c r="B17" t="str">
         <v>1</v>
       </c>
       <c r="C17">
         <v>1</v>
       </c>
       <c r="D17" t="str">
         <v>Mandatory Disc Golf</v>
       </c>
       <c r="E17">
         <v>-5</v>
       </c>
       <c r="F17">
         <v>50</v>
       </c>
       <c r="H17" t="str">
-        <v>zpshenishny,curtcomp,soxfan0131</v>
+        <v>curtcomp,soxfan0131,zpshenishny</v>
       </c>
       <c r="I17">
         <v>-5</v>
       </c>
       <c r="J17">
         <v>50</v>
       </c>
       <c r="K17">
         <v>3</v>
       </c>
       <c r="L17">
         <v>3</v>
       </c>
       <c r="M17">
         <v>2</v>
       </c>
       <c r="N17">
         <v>2</v>
       </c>
       <c r="O17">
         <v>4</v>
       </c>
       <c r="P17">
         <v>3</v>
       </c>
@@ -3007,51 +3007,51 @@
       </c>
       <c r="AB17">
         <v>3</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>ORG</v>
       </c>
       <c r="B18" t="str">
         <v>2</v>
       </c>
       <c r="C18">
         <v>2</v>
       </c>
       <c r="D18" t="str">
         <v>Anny Par You Okay?</v>
       </c>
       <c r="E18">
         <v>-2</v>
       </c>
       <c r="F18">
         <v>53</v>
       </c>
       <c r="H18" t="str">
-        <v>vuboo7,generik10,polishthunder</v>
+        <v>generik10,polishthunder,vuboo7</v>
       </c>
       <c r="I18">
         <v>-2</v>
       </c>
       <c r="J18">
         <v>53</v>
       </c>
       <c r="K18">
         <v>3</v>
       </c>
       <c r="L18">
         <v>4</v>
       </c>
       <c r="M18">
         <v>3</v>
       </c>
       <c r="N18">
         <v>2</v>
       </c>
       <c r="O18">
         <v>4</v>
       </c>
       <c r="P18">
         <v>3</v>
       </c>
@@ -3173,51 +3173,51 @@
       </c>
       <c r="AB19">
         <v>3</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v>ORG</v>
       </c>
       <c r="B20" t="str">
         <v>T3</v>
       </c>
       <c r="C20">
         <v>3</v>
       </c>
       <c r="D20" t="str">
         <v>Weapons-Grade Bolognium</v>
       </c>
       <c r="E20">
         <v>0</v>
       </c>
       <c r="F20">
         <v>55</v>
       </c>
       <c r="H20" t="str">
-        <v>ctrunner07,n8austin,owenb3</v>
+        <v>ctrunner07,owenb3,n8austin</v>
       </c>
       <c r="I20">
         <v>0</v>
       </c>
       <c r="J20">
         <v>55</v>
       </c>
       <c r="K20">
         <v>3</v>
       </c>
       <c r="L20">
         <v>2</v>
       </c>
       <c r="M20">
         <v>3</v>
       </c>
       <c r="N20">
         <v>3</v>
       </c>
       <c r="O20">
         <v>4</v>
       </c>
       <c r="P20">
         <v>4</v>
       </c>
@@ -3256,51 +3256,51 @@
       </c>
       <c r="AB20">
         <v>4</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v>ORG</v>
       </c>
       <c r="B21" t="str">
         <v>T5</v>
       </c>
       <c r="C21">
         <v>5</v>
       </c>
       <c r="D21" t="str">
         <v>Cul-de-sac Kids</v>
       </c>
       <c r="E21">
         <v>1</v>
       </c>
       <c r="F21">
         <v>56</v>
       </c>
       <c r="H21" t="str">
-        <v>rc3491,catonejen,dcohen0135</v>
+        <v>catonejen,rc3491,dcohen0135</v>
       </c>
       <c r="I21">
         <v>1</v>
       </c>
       <c r="J21">
         <v>56</v>
       </c>
       <c r="K21">
         <v>3</v>
       </c>
       <c r="L21">
         <v>4</v>
       </c>
       <c r="M21">
         <v>2</v>
       </c>
       <c r="N21">
         <v>3</v>
       </c>
       <c r="O21">
         <v>4</v>
       </c>
       <c r="P21">
         <v>3</v>
       </c>
@@ -3339,51 +3339,51 @@
       </c>
       <c r="AB21">
         <v>3</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
         <v>ORG</v>
       </c>
       <c r="B22" t="str">
         <v>T5</v>
       </c>
       <c r="C22">
         <v>5</v>
       </c>
       <c r="D22" t="str">
         <v>Limo wheels</v>
       </c>
       <c r="E22">
         <v>1</v>
       </c>
       <c r="F22">
         <v>56</v>
       </c>
       <c r="H22" t="str">
-        <v>alltthumbs87,joshinme,dwheeler22</v>
+        <v>dwheeler22,alltthumbs87,joshinme</v>
       </c>
       <c r="I22">
         <v>1</v>
       </c>
       <c r="J22">
         <v>56</v>
       </c>
       <c r="K22">
         <v>3</v>
       </c>
       <c r="L22">
         <v>3</v>
       </c>
       <c r="M22">
         <v>3</v>
       </c>
       <c r="N22">
         <v>2</v>
       </c>
       <c r="O22">
         <v>4</v>
       </c>
       <c r="P22">
         <v>3</v>
       </c>
@@ -3505,51 +3505,51 @@
       </c>
       <c r="AB23">
         <v>3</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
         <v>ORG</v>
       </c>
       <c r="B24" t="str">
         <v>T8</v>
       </c>
       <c r="C24">
         <v>8</v>
       </c>
       <c r="D24" t="str">
         <v>The Bogeymen</v>
       </c>
       <c r="E24">
         <v>5</v>
       </c>
       <c r="F24">
         <v>60</v>
       </c>
       <c r="H24" t="str">
-        <v>aceragosta,kylelindell,majesticbastard</v>
+        <v>majesticbastard,kylelindell,aceragosta</v>
       </c>
       <c r="I24">
         <v>5</v>
       </c>
       <c r="J24">
         <v>60</v>
       </c>
       <c r="K24">
         <v>3</v>
       </c>
       <c r="L24">
         <v>3</v>
       </c>
       <c r="M24">
         <v>3</v>
       </c>
       <c r="N24">
         <v>3</v>
       </c>
       <c r="O24">
         <v>4</v>
       </c>
       <c r="P24">
         <v>4</v>
       </c>
@@ -3588,51 +3588,51 @@
       </c>
       <c r="AB24">
         <v>3</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
         <v>ORG</v>
       </c>
       <c r="B25" t="str">
         <v>T8</v>
       </c>
       <c r="C25">
         <v>8</v>
       </c>
       <c r="D25" t="str">
         <v>The Disctatorship</v>
       </c>
       <c r="E25">
         <v>5</v>
       </c>
       <c r="F25">
         <v>60</v>
       </c>
       <c r="H25" t="str">
-        <v>cguyer19,jfitz15,jttrev7</v>
+        <v>cguyer19,jttrev7,jfitz15</v>
       </c>
       <c r="I25">
         <v>5</v>
       </c>
       <c r="J25">
         <v>60</v>
       </c>
       <c r="K25">
         <v>3</v>
       </c>
       <c r="L25">
         <v>3</v>
       </c>
       <c r="M25">
         <v>3</v>
       </c>
       <c r="N25">
         <v>3</v>
       </c>
       <c r="O25">
         <v>5</v>
       </c>
       <c r="P25">
         <v>3</v>
       </c>