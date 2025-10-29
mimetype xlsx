--- v0 (2025-10-07)
+++ v1 (2025-10-29)
@@ -410,51 +410,51 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AF31"/>
+  <dimension ref="A1:AG68"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" width="17.83203125" customWidth="1"/>
     <col min="2" max="2" width="21.83203125" customWidth="1"/>
     <col min="3" max="3" width="29.83203125" customWidth="1"/>
     <col min="4" max="4" width="34.83203125" customWidth="1"/>
     <col min="5" max="5" width="8.83203125" customWidth="1"/>
     <col min="6" max="6" width="8.83203125" customWidth="1"/>
     <col min="7" max="7" width="12.83203125" customWidth="1"/>
     <col min="8" max="8" width="20.83203125" customWidth="1"/>
     <col min="9" max="9" width="20.83203125" customWidth="1"/>
     <col min="10" max="10" width="17.83203125" customWidth="1"/>
     <col min="11" max="11" width="11.83203125" customWidth="1"/>
     <col min="12" max="12" width="8.83203125" customWidth="1"/>
     <col min="13" max="13" width="20.83203125" customWidth="1"/>
     <col min="14" max="14" width="17.83203125" customWidth="1"/>
     <col min="15" max="15" width="6.83203125" customWidth="1"/>
     <col min="16" max="16" width="6.83203125" customWidth="1"/>
     <col min="17" max="17" width="6.83203125" customWidth="1"/>
     <col min="18" max="18" width="6.83203125" customWidth="1"/>
     <col min="19" max="19" width="6.83203125" customWidth="1"/>
     <col min="20" max="20" width="6.83203125" customWidth="1"/>
     <col min="21" max="21" width="6.83203125" customWidth="1"/>
@@ -546,125 +546,176 @@
       </c>
       <c r="Y1" t="str">
         <v>hole_11</v>
       </c>
       <c r="Z1" t="str">
         <v>hole_12</v>
       </c>
       <c r="AA1" t="str">
         <v>hole_13</v>
       </c>
       <c r="AB1" t="str">
         <v>hole_14</v>
       </c>
       <c r="AC1" t="str">
         <v>hole_15</v>
       </c>
       <c r="AD1" t="str">
         <v>hole_16</v>
       </c>
       <c r="AE1" t="str">
         <v>hole_17</v>
       </c>
       <c r="AF1" t="str">
         <v>hole_18</v>
       </c>
+      <c r="AG1" t="str">
+        <v>payout</v>
+      </c>
     </row>
     <row r="2">
-      <c r="A2">
-        <v>1</v>
+      <c r="A2" t="str">
+        <v>T1</v>
       </c>
       <c r="B2">
         <v>1</v>
       </c>
       <c r="C2">
-        <v>-8</v>
+        <v>-3</v>
       </c>
       <c r="D2">
-        <v>-8</v>
+        <v>1</v>
       </c>
       <c r="E2" t="str">
         <v>GEN</v>
       </c>
       <c r="F2" t="str">
-        <v>T5</v>
+        <v>T1</v>
       </c>
       <c r="G2">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H2" t="str">
-        <v>Allen carlton</v>
+        <v>Clinton “The Catman” Copple</v>
       </c>
       <c r="I2">
-        <v>0</v>
+        <v>-4</v>
       </c>
       <c r="J2">
-        <v>12</v>
+        <v>51</v>
+      </c>
+      <c r="K2">
+        <v>162576</v>
       </c>
       <c r="L2" t="str">
-        <v>humbledubz</v>
+        <v>clinton</v>
       </c>
       <c r="M2">
-        <v>0</v>
+        <v>-4</v>
       </c>
       <c r="N2">
-        <v>12</v>
+        <v>51</v>
       </c>
       <c r="O2">
         <v>3</v>
       </c>
       <c r="P2">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q2">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R2">
-        <v>4</v>
+        <v>2</v>
+      </c>
+      <c r="S2">
+        <v>3</v>
+      </c>
+      <c r="T2">
+        <v>3</v>
+      </c>
+      <c r="U2">
+        <v>2</v>
+      </c>
+      <c r="V2">
+        <v>3</v>
+      </c>
+      <c r="W2">
+        <v>3</v>
+      </c>
+      <c r="X2">
+        <v>4</v>
+      </c>
+      <c r="Y2">
+        <v>3</v>
+      </c>
+      <c r="Z2">
+        <v>3</v>
+      </c>
+      <c r="AA2">
+        <v>3</v>
+      </c>
+      <c r="AB2">
+        <v>3</v>
+      </c>
+      <c r="AC2">
+        <v>2</v>
+      </c>
+      <c r="AD2">
+        <v>3</v>
+      </c>
+      <c r="AE2">
+        <v>3</v>
+      </c>
+      <c r="AF2">
+        <v>3</v>
+      </c>
+      <c r="AG2" t="str">
+        <v>35</v>
       </c>
     </row>
     <row r="3">
-      <c r="A3">
-        <v>2</v>
+      <c r="A3" t="str">
+        <v>T1</v>
       </c>
       <c r="B3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C3">
         <v>-3</v>
       </c>
       <c r="D3">
         <v>-2</v>
       </c>
       <c r="E3" t="str">
         <v>GEN</v>
       </c>
       <c r="F3" t="str">
-        <v>T3</v>
+        <v>T8</v>
       </c>
       <c r="G3">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="H3" t="str">
         <v>Nolan Baxendell</v>
       </c>
       <c r="I3">
         <v>-1</v>
       </c>
       <c r="J3">
         <v>54</v>
       </c>
       <c r="L3" t="str">
         <v>nbaxend</v>
       </c>
       <c r="M3">
         <v>-1</v>
       </c>
       <c r="N3">
         <v>54</v>
       </c>
       <c r="O3">
         <v>3</v>
       </c>
       <c r="P3">
         <v>2</v>
       </c>
@@ -694,2162 +745,6238 @@
       </c>
       <c r="Y3">
         <v>3</v>
       </c>
       <c r="Z3">
         <v>2</v>
       </c>
       <c r="AA3">
         <v>3</v>
       </c>
       <c r="AB3">
         <v>3</v>
       </c>
       <c r="AC3">
         <v>3</v>
       </c>
       <c r="AD3">
         <v>3</v>
       </c>
       <c r="AE3">
         <v>3</v>
       </c>
       <c r="AF3">
         <v>4</v>
       </c>
+      <c r="AG3" t="str">
+        <v>25</v>
+      </c>
     </row>
     <row r="4">
-      <c r="A4">
-        <v>3</v>
+      <c r="A4" t="str">
+        <v>T3</v>
       </c>
       <c r="B4">
         <v>3</v>
       </c>
       <c r="C4">
         <v>-2</v>
       </c>
       <c r="D4">
-        <v>-2</v>
+        <v>2</v>
       </c>
       <c r="E4" t="str">
         <v>GEN</v>
       </c>
       <c r="F4" t="str">
-        <v>T5</v>
+        <v>T1</v>
       </c>
       <c r="G4">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H4" t="str">
-        <v>Jacob Avery</v>
+        <v>Nate Ellison</v>
       </c>
       <c r="I4">
-        <v>0</v>
+        <v>-4</v>
       </c>
       <c r="J4">
-        <v>12</v>
+        <v>51</v>
       </c>
       <c r="K4">
-        <v>148325</v>
+        <v>79155</v>
       </c>
       <c r="L4" t="str">
-        <v>jacobavery</v>
+        <v>tsbnate</v>
       </c>
       <c r="M4">
-        <v>0</v>
+        <v>-4</v>
       </c>
       <c r="N4">
-        <v>12</v>
+        <v>51</v>
       </c>
       <c r="O4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P4">
         <v>3</v>
       </c>
       <c r="Q4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R4">
         <v>3</v>
+      </c>
+      <c r="S4">
+        <v>3</v>
+      </c>
+      <c r="T4">
+        <v>3</v>
+      </c>
+      <c r="U4">
+        <v>3</v>
+      </c>
+      <c r="V4">
+        <v>3</v>
+      </c>
+      <c r="W4">
+        <v>3</v>
+      </c>
+      <c r="X4">
+        <v>3</v>
+      </c>
+      <c r="Y4">
+        <v>3</v>
+      </c>
+      <c r="Z4">
+        <v>4</v>
+      </c>
+      <c r="AA4">
+        <v>2</v>
+      </c>
+      <c r="AB4">
+        <v>3</v>
+      </c>
+      <c r="AC4">
+        <v>2</v>
+      </c>
+      <c r="AD4">
+        <v>3</v>
+      </c>
+      <c r="AE4">
+        <v>2</v>
+      </c>
+      <c r="AF4">
+        <v>4</v>
+      </c>
+      <c r="AG4" t="str">
+        <v>30</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
-        <v>T4</v>
+        <v>T3</v>
       </c>
       <c r="B5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="C5">
-        <v>-1</v>
+        <v>-2</v>
       </c>
       <c r="D5">
-        <v>2</v>
+        <v>-33</v>
       </c>
       <c r="E5" t="str">
         <v>GEN</v>
       </c>
       <c r="F5" t="str">
-        <v>1</v>
+        <v>60</v>
       </c>
       <c r="G5">
-        <v>1</v>
+        <v>60</v>
       </c>
       <c r="H5" t="str">
-        <v>William Leonard</v>
+        <v>Amber White</v>
       </c>
       <c r="I5">
-        <v>-3</v>
+        <v>31</v>
       </c>
       <c r="J5">
-        <v>52</v>
-[...2 lines deleted...]
-        <v>199693</v>
+        <v>86</v>
       </c>
       <c r="L5" t="str">
-        <v>sqwill</v>
+        <v>amberwhite</v>
       </c>
       <c r="M5">
-        <v>-3</v>
+        <v>31</v>
       </c>
       <c r="N5">
-        <v>52</v>
+        <v>86</v>
       </c>
       <c r="O5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P5">
         <v>4</v>
       </c>
       <c r="Q5">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="R5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S5">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="T5">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="U5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V5">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="W5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X5">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="Y5">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="Z5">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="AA5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AC5">
         <v>3</v>
       </c>
       <c r="AD5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AE5">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="AF5">
-        <v>3</v>
+        <v>7</v>
+      </c>
+      <c r="AG5" t="str">
+        <v>20</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
-        <v>T4</v>
+        <v>T5</v>
       </c>
       <c r="B6">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="C6">
         <v>-1</v>
       </c>
       <c r="D6">
-        <v>-3</v>
+        <v>2</v>
       </c>
       <c r="E6" t="str">
         <v>GEN</v>
       </c>
       <c r="F6" t="str">
-        <v>9</v>
+        <v>T4</v>
       </c>
       <c r="G6">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="H6" t="str">
-        <v xml:space="preserve">Matthew Mockross </v>
+        <v>Adam Paulsen</v>
       </c>
       <c r="I6">
-        <v>2</v>
+        <v>-3</v>
       </c>
       <c r="J6">
-        <v>57</v>
+        <v>52</v>
+      </c>
+      <c r="K6">
+        <v>175084</v>
       </c>
       <c r="L6" t="str">
-        <v>wizmarine</v>
+        <v>adjohnpaulsen</v>
       </c>
       <c r="M6">
-        <v>2</v>
+        <v>-3</v>
       </c>
       <c r="N6">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="O6">
         <v>2</v>
       </c>
       <c r="P6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q6">
         <v>3</v>
       </c>
       <c r="R6">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="S6">
         <v>3</v>
       </c>
       <c r="T6">
         <v>3</v>
       </c>
       <c r="U6">
         <v>2</v>
       </c>
       <c r="V6">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X6">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="Y6">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Z6">
         <v>4</v>
       </c>
       <c r="AA6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB6">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AC6">
         <v>3</v>
       </c>
       <c r="AD6">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AE6">
         <v>3</v>
       </c>
       <c r="AF6">
         <v>3</v>
+      </c>
+      <c r="AG6" t="str">
+        <v>15</v>
       </c>
     </row>
     <row r="7">
-      <c r="A7">
-        <v>6</v>
+      <c r="A7" t="str">
+        <v>T5</v>
       </c>
       <c r="B7">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="C7">
-        <v>0</v>
+        <v>-1</v>
       </c>
       <c r="D7">
-        <v>-6</v>
+        <v>2</v>
       </c>
       <c r="E7" t="str">
         <v>GEN</v>
       </c>
       <c r="F7" t="str">
-        <v>T14</v>
+        <v>T4</v>
       </c>
       <c r="G7">
-        <v>14</v>
+        <v>4</v>
       </c>
       <c r="H7" t="str">
-        <v>Craig morris</v>
+        <v>William Leonard</v>
       </c>
       <c r="I7">
-        <v>6</v>
+        <v>-3</v>
       </c>
       <c r="J7">
-        <v>61</v>
+        <v>52</v>
+      </c>
+      <c r="K7">
+        <v>199693</v>
       </c>
       <c r="L7" t="str">
-        <v>floridaman13</v>
+        <v>sqwill</v>
       </c>
       <c r="M7">
-        <v>6</v>
+        <v>-3</v>
       </c>
       <c r="N7">
-        <v>61</v>
+        <v>52</v>
       </c>
       <c r="O7">
         <v>3</v>
       </c>
       <c r="P7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q7">
         <v>3</v>
       </c>
       <c r="R7">
         <v>3</v>
       </c>
       <c r="S7">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="T7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U7">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="V7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W7">
         <v>3</v>
       </c>
       <c r="X7">
         <v>4</v>
       </c>
       <c r="Y7">
         <v>3</v>
       </c>
       <c r="Z7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA7">
         <v>3</v>
       </c>
       <c r="AB7">
         <v>3</v>
       </c>
       <c r="AC7">
         <v>3</v>
       </c>
       <c r="AD7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AE7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AF7">
-        <v>4</v>
+        <v>3</v>
+      </c>
+      <c r="AG7" t="str">
+        <v>15</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
-        <v>T7</v>
+        <v>T5</v>
       </c>
       <c r="B8">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="C8">
-        <v>1</v>
+        <v>-1</v>
       </c>
       <c r="D8">
-        <v>1</v>
+        <v>-3</v>
       </c>
       <c r="E8" t="str">
         <v>GEN</v>
       </c>
       <c r="F8" t="str">
-        <v>T5</v>
+        <v>T15</v>
       </c>
       <c r="G8">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="H8" t="str">
-        <v>Jacob Pfeiffer</v>
+        <v xml:space="preserve">Matthew Mockross </v>
       </c>
       <c r="I8">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="J8">
-        <v>55</v>
-[...2 lines deleted...]
-        <v>88749</v>
+        <v>57</v>
       </c>
       <c r="L8" t="str">
-        <v>jacobapfeiffer</v>
+        <v>wizmarine</v>
       </c>
       <c r="M8">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="N8">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="O8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P8">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q8">
         <v>3</v>
       </c>
       <c r="R8">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S8">
         <v>3</v>
       </c>
       <c r="T8">
         <v>3</v>
       </c>
       <c r="U8">
         <v>2</v>
       </c>
       <c r="V8">
         <v>3</v>
       </c>
       <c r="W8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X8">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="Y8">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z8">
         <v>4</v>
       </c>
       <c r="AA8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB8">
         <v>3</v>
       </c>
       <c r="AC8">
         <v>3</v>
       </c>
       <c r="AD8">
         <v>3</v>
       </c>
       <c r="AE8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AF8">
         <v>3</v>
+      </c>
+      <c r="AG8" t="str">
+        <v>15</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
-        <v>T7</v>
+        <v>T5</v>
       </c>
       <c r="B9">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="C9">
-        <v>1</v>
+        <v>-1</v>
       </c>
       <c r="D9">
-        <v>-2</v>
+        <v>-6</v>
       </c>
       <c r="E9" t="str">
         <v>GEN</v>
       </c>
       <c r="F9" t="str">
-        <v>10</v>
+        <v>T25</v>
       </c>
       <c r="G9">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="H9" t="str">
-        <v>Robert Pichette</v>
+        <v>Goodson Vue</v>
       </c>
       <c r="I9">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="J9">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="L9" t="str">
-        <v>alotarob</v>
+        <v>goodsonvue</v>
       </c>
       <c r="M9">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="N9">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="O9">
         <v>3</v>
       </c>
       <c r="P9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R9">
         <v>3</v>
       </c>
       <c r="S9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T9">
         <v>3</v>
       </c>
       <c r="U9">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V9">
         <v>3</v>
       </c>
       <c r="W9">
         <v>3</v>
       </c>
       <c r="X9">
         <v>4</v>
       </c>
       <c r="Y9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z9">
         <v>3</v>
       </c>
       <c r="AA9">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AB9">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AC9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AD9">
         <v>4</v>
       </c>
       <c r="AE9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AF9">
         <v>4</v>
+      </c>
+      <c r="AG9" t="str">
+        <v>15</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
-        <v>T7</v>
+        <v>T5</v>
       </c>
       <c r="B10">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="C10">
-        <v>1</v>
+        <v>-1</v>
       </c>
       <c r="D10">
-        <v>-3</v>
+        <v>-7</v>
       </c>
       <c r="E10" t="str">
         <v>GEN</v>
       </c>
       <c r="F10" t="str">
-        <v>11</v>
+        <v>T29</v>
       </c>
       <c r="G10">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="H10" t="str">
-        <v xml:space="preserve">Joseph Hauser </v>
+        <v>Matthew Morrison</v>
       </c>
       <c r="I10">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="J10">
-        <v>59</v>
+        <v>61</v>
+      </c>
+      <c r="K10">
+        <v>208670</v>
       </c>
       <c r="L10" t="str">
-        <v>joeser</v>
+        <v>irasurefire</v>
       </c>
       <c r="M10">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="N10">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="O10">
         <v>3</v>
       </c>
       <c r="P10">
         <v>4</v>
       </c>
       <c r="Q10">
         <v>3</v>
       </c>
       <c r="R10">
         <v>3</v>
       </c>
       <c r="S10">
         <v>4</v>
       </c>
       <c r="T10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U10">
         <v>3</v>
       </c>
       <c r="V10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X10">
         <v>4</v>
       </c>
       <c r="Y10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z10">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AA10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB10">
         <v>3</v>
       </c>
       <c r="AC10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AD10">
         <v>3</v>
       </c>
       <c r="AE10">
         <v>3</v>
       </c>
       <c r="AF10">
         <v>3</v>
+      </c>
+      <c r="AG10" t="str">
+        <v>15</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
-        <v>T7</v>
+        <v>T10</v>
       </c>
       <c r="B11">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C11">
+        <v>0</v>
+      </c>
+      <c r="D11">
         <v>1</v>
-      </c>
-[...1 lines deleted...]
-        <v>-4</v>
       </c>
       <c r="E11" t="str">
         <v>GEN</v>
       </c>
       <c r="F11" t="str">
-        <v>T12</v>
+        <v>T8</v>
       </c>
       <c r="G11">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="H11" t="str">
-        <v>Charlie Painter</v>
+        <v>Bee Yang</v>
       </c>
       <c r="I11">
-        <v>5</v>
+        <v>-1</v>
       </c>
       <c r="J11">
-        <v>60</v>
+        <v>54</v>
+      </c>
+      <c r="K11">
+        <v>52291</v>
       </c>
       <c r="L11" t="str">
-        <v>charliepaints</v>
+        <v>npisyaj</v>
       </c>
       <c r="M11">
-        <v>5</v>
+        <v>-1</v>
       </c>
       <c r="N11">
-        <v>60</v>
+        <v>54</v>
       </c>
       <c r="O11">
         <v>3</v>
       </c>
       <c r="P11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q11">
         <v>3</v>
       </c>
       <c r="R11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S11">
         <v>3</v>
       </c>
       <c r="T11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V11">
         <v>3</v>
       </c>
       <c r="W11">
         <v>3</v>
       </c>
       <c r="X11">
         <v>4</v>
       </c>
       <c r="Y11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB11">
         <v>3</v>
       </c>
       <c r="AC11">
         <v>3</v>
       </c>
       <c r="AD11">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AE11">
         <v>3</v>
       </c>
       <c r="AF11">
         <v>3</v>
+      </c>
+      <c r="AG11" t="str">
+        <v>10</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
-        <v>T7</v>
+        <v>T10</v>
       </c>
       <c r="B12">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C12">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D12">
-        <v>-5</v>
+        <v>-1</v>
       </c>
       <c r="E12" t="str">
         <v>GEN</v>
       </c>
       <c r="F12" t="str">
-        <v>T14</v>
+        <v>T12</v>
       </c>
       <c r="G12">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H12" t="str">
-        <v>Vincent Deslauriers</v>
+        <v>Conor McInerny</v>
       </c>
       <c r="I12">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="J12">
-        <v>61</v>
+        <v>56</v>
+      </c>
+      <c r="K12">
+        <v>258004</v>
       </c>
       <c r="L12" t="str">
-        <v>vince616</v>
+        <v>cmcinerny1</v>
       </c>
       <c r="M12">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="N12">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="O12">
         <v>3</v>
       </c>
       <c r="P12">
         <v>3</v>
       </c>
       <c r="Q12">
         <v>2</v>
       </c>
       <c r="R12">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="S12">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T12">
         <v>3</v>
       </c>
       <c r="U12">
         <v>4</v>
       </c>
       <c r="V12">
         <v>3</v>
       </c>
       <c r="W12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X12">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Y12">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z12">
         <v>3</v>
       </c>
       <c r="AA12">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB12">
         <v>4</v>
       </c>
       <c r="AC12">
         <v>3</v>
       </c>
       <c r="AD12">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AE12">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AF12">
         <v>3</v>
+      </c>
+      <c r="AG12" t="str">
+        <v>10</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
-        <v>T7</v>
+        <v>T10</v>
       </c>
       <c r="B13">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C13">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D13">
-        <v>-10</v>
+        <v>-1</v>
       </c>
       <c r="E13" t="str">
         <v>GEN</v>
       </c>
       <c r="F13" t="str">
-        <v>T18</v>
+        <v>T12</v>
       </c>
       <c r="G13">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="H13" t="str">
-        <v>Shannon Colwin</v>
+        <v>Darin Brock</v>
       </c>
       <c r="I13">
-        <v>11</v>
+        <v>1</v>
       </c>
       <c r="J13">
-        <v>66</v>
+        <v>56</v>
+      </c>
+      <c r="K13">
+        <v>298928</v>
       </c>
       <c r="L13" t="str">
-        <v>scolwin</v>
+        <v>dbrock7540</v>
       </c>
       <c r="M13">
-        <v>11</v>
+        <v>1</v>
       </c>
       <c r="N13">
-        <v>66</v>
+        <v>56</v>
       </c>
       <c r="O13">
         <v>3</v>
       </c>
       <c r="P13">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="Q13">
         <v>3</v>
       </c>
       <c r="R13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T13">
         <v>3</v>
       </c>
       <c r="U13">
         <v>3</v>
       </c>
       <c r="V13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W13">
         <v>3</v>
       </c>
       <c r="X13">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Y13">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Z13">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="AA13">
         <v>3</v>
       </c>
       <c r="AB13">
         <v>4</v>
       </c>
       <c r="AC13">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AD13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AE13">
         <v>3</v>
       </c>
       <c r="AF13">
-        <v>4</v>
+        <v>3</v>
+      </c>
+      <c r="AG13" t="str">
+        <v>10</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
-        <v>T13</v>
+        <v>T10</v>
       </c>
       <c r="B14">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="C14">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="D14">
-        <v>3</v>
+        <v>-2</v>
       </c>
       <c r="E14" t="str">
         <v>GEN</v>
       </c>
       <c r="F14" t="str">
-        <v>T3</v>
+        <v>T15</v>
       </c>
       <c r="G14">
-        <v>3</v>
+        <v>15</v>
       </c>
       <c r="H14" t="str">
-        <v>Jake Johnson</v>
+        <v>Jacob Avery</v>
       </c>
       <c r="I14">
-        <v>-1</v>
+        <v>2</v>
       </c>
       <c r="J14">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="K14">
-        <v>295137</v>
+        <v>148325</v>
       </c>
       <c r="L14" t="str">
-        <v>windblow</v>
+        <v>jacobavery</v>
       </c>
       <c r="M14">
-        <v>-1</v>
+        <v>2</v>
       </c>
       <c r="N14">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="O14">
         <v>3</v>
       </c>
       <c r="P14">
         <v>3</v>
       </c>
       <c r="Q14">
         <v>3</v>
       </c>
       <c r="R14">
         <v>3</v>
       </c>
       <c r="S14">
         <v>3</v>
       </c>
       <c r="T14">
         <v>3</v>
       </c>
       <c r="U14">
         <v>2</v>
       </c>
       <c r="V14">
         <v>3</v>
       </c>
       <c r="W14">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X14">
         <v>4</v>
       </c>
       <c r="Y14">
         <v>3</v>
       </c>
       <c r="Z14">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA14">
         <v>3</v>
       </c>
       <c r="AB14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AC14">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AD14">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AE14">
         <v>3</v>
       </c>
       <c r="AF14">
-        <v>3</v>
+        <v>5</v>
+      </c>
+      <c r="AG14" t="str">
+        <v>10</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
-        <v>T13</v>
+        <v>T10</v>
       </c>
       <c r="B15">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="C15">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="D15">
-        <v>2</v>
+        <v>-3</v>
       </c>
       <c r="E15" t="str">
         <v>GEN</v>
       </c>
       <c r="F15" t="str">
-        <v>T5</v>
+        <v>T20</v>
       </c>
       <c r="G15">
-        <v>5</v>
+        <v>20</v>
       </c>
       <c r="H15" t="str">
-        <v>Old Man Tom</v>
+        <v>Danny Houlihan</v>
       </c>
       <c r="I15">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="J15">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="L15" t="str">
-        <v>oldmantom</v>
+        <v>dannyhoulihan</v>
       </c>
       <c r="M15">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="N15">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="O15">
         <v>3</v>
       </c>
       <c r="P15">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q15">
         <v>3</v>
       </c>
       <c r="R15">
         <v>3</v>
       </c>
       <c r="S15">
         <v>3</v>
       </c>
       <c r="T15">
         <v>3</v>
       </c>
       <c r="U15">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V15">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W15">
         <v>3</v>
       </c>
       <c r="X15">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y15">
         <v>3</v>
       </c>
       <c r="Z15">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA15">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AB15">
         <v>3</v>
       </c>
       <c r="AC15">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AD15">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AE15">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AF15">
-        <v>4</v>
+        <v>3</v>
+      </c>
+      <c r="AG15" t="str">
+        <v>10</v>
       </c>
     </row>
     <row r="16">
-      <c r="A16">
-        <v>15</v>
+      <c r="A16" t="str">
+        <v>T10</v>
       </c>
       <c r="B16">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="C16">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="D16">
-        <v>-20</v>
+        <v>-6</v>
       </c>
       <c r="E16" t="str">
         <v>GEN</v>
       </c>
       <c r="F16" t="str">
-        <v>22</v>
+        <v>T29</v>
       </c>
       <c r="G16">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="H16" t="str">
-        <v>Hunter Martin</v>
+        <v>Craig morris</v>
       </c>
       <c r="I16">
-        <v>23</v>
+        <v>6</v>
       </c>
       <c r="J16">
-        <v>78</v>
+        <v>61</v>
       </c>
       <c r="L16" t="str">
-        <v>huntie21</v>
+        <v>floridaman13</v>
       </c>
       <c r="M16">
-        <v>23</v>
+        <v>6</v>
       </c>
       <c r="N16">
-        <v>78</v>
+        <v>61</v>
       </c>
       <c r="O16">
         <v>3</v>
       </c>
       <c r="P16">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="Q16">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="R16">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S16">
         <v>4</v>
       </c>
       <c r="T16">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="U16">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V16">
         <v>4</v>
       </c>
       <c r="W16">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X16">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="Y16">
         <v>3</v>
       </c>
       <c r="Z16">
         <v>3</v>
       </c>
       <c r="AA16">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AB16">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AC16">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AD16">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AE16">
         <v>3</v>
       </c>
       <c r="AF16">
-        <v>5</v>
+        <v>4</v>
+      </c>
+      <c r="AG16" t="str">
+        <v>10</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>T16</v>
       </c>
       <c r="B17">
         <v>16</v>
       </c>
       <c r="C17">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="D17">
-        <v>-1</v>
+        <v>5</v>
       </c>
       <c r="E17" t="str">
         <v>GEN</v>
       </c>
       <c r="F17" t="str">
-        <v>T12</v>
+        <v>T1</v>
       </c>
       <c r="G17">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="H17" t="str">
-        <v>Mike Pichette</v>
+        <v>Tyler Schoenke</v>
       </c>
       <c r="I17">
-        <v>5</v>
+        <v>-4</v>
       </c>
       <c r="J17">
-        <v>60</v>
+        <v>51</v>
+      </c>
+      <c r="K17">
+        <v>247124</v>
       </c>
       <c r="L17" t="str">
-        <v>pichizzle</v>
+        <v>tylershank</v>
       </c>
       <c r="M17">
-        <v>5</v>
+        <v>-4</v>
       </c>
       <c r="N17">
-        <v>60</v>
+        <v>51</v>
       </c>
       <c r="O17">
         <v>3</v>
       </c>
       <c r="P17">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="Q17">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R17">
         <v>3</v>
       </c>
       <c r="S17">
         <v>3</v>
       </c>
       <c r="T17">
         <v>3</v>
       </c>
       <c r="U17">
         <v>3</v>
       </c>
       <c r="V17">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W17">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X17">
         <v>4</v>
       </c>
       <c r="Y17">
         <v>3</v>
       </c>
       <c r="Z17">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA17">
         <v>3</v>
       </c>
       <c r="AB17">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AC17">
         <v>3</v>
       </c>
       <c r="AD17">
         <v>3</v>
       </c>
       <c r="AE17">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AF17">
-        <v>5</v>
+        <v>2</v>
+      </c>
+      <c r="AG17" t="str">
+        <v>15</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>T16</v>
       </c>
       <c r="B18">
         <v>16</v>
       </c>
       <c r="C18">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="D18">
-        <v>-7</v>
+        <v>2</v>
       </c>
       <c r="E18" t="str">
         <v>GEN</v>
       </c>
       <c r="F18" t="str">
-        <v>T18</v>
+        <v>T8</v>
       </c>
       <c r="G18">
-        <v>18</v>
+        <v>8</v>
       </c>
       <c r="H18" t="str">
-        <v>Bizzy</v>
+        <v>Old Man Tom</v>
       </c>
       <c r="I18">
-        <v>11</v>
+        <v>-1</v>
       </c>
       <c r="J18">
-        <v>66</v>
+        <v>54</v>
       </c>
       <c r="L18" t="str">
-        <v>biznestime</v>
+        <v>oldmantom</v>
       </c>
       <c r="M18">
-        <v>11</v>
+        <v>-1</v>
       </c>
       <c r="N18">
-        <v>66</v>
+        <v>54</v>
       </c>
       <c r="O18">
         <v>3</v>
       </c>
       <c r="P18">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q18">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R18">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S18">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T18">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U18">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="V18">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W18">
         <v>3</v>
       </c>
       <c r="X18">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y18">
         <v>3</v>
       </c>
       <c r="Z18">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA18">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AB18">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AC18">
         <v>4</v>
       </c>
       <c r="AD18">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AE18">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AF18">
-        <v>4</v>
+        <v>3</v>
+      </c>
+      <c r="AG18" t="str">
+        <v>5</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
-        <v>T18</v>
+        <v>T16</v>
       </c>
       <c r="B19">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="C19">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="D19">
-        <v>-3</v>
+        <v>-1</v>
       </c>
       <c r="E19" t="str">
         <v>GEN</v>
       </c>
       <c r="F19" t="str">
-        <v>16</v>
+        <v>T15</v>
       </c>
       <c r="G19">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="H19" t="str">
-        <v>Travis Leonard</v>
+        <v>NATEBUSH</v>
       </c>
       <c r="I19">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="J19">
-        <v>63</v>
+        <v>57</v>
+      </c>
+      <c r="K19">
+        <v>208160</v>
       </c>
       <c r="L19" t="str">
-        <v>traleonard</v>
+        <v>natebush</v>
       </c>
       <c r="M19">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="N19">
-        <v>63</v>
+        <v>57</v>
       </c>
       <c r="O19">
         <v>3</v>
       </c>
       <c r="P19">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q19">
         <v>3</v>
       </c>
       <c r="R19">
         <v>3</v>
       </c>
       <c r="S19">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T19">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U19">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V19">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W19">
         <v>3</v>
       </c>
       <c r="X19">
         <v>4</v>
       </c>
       <c r="Y19">
         <v>3</v>
       </c>
       <c r="Z19">
         <v>3</v>
       </c>
       <c r="AA19">
         <v>3</v>
       </c>
       <c r="AB19">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AC19">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AD19">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AE19">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AF19">
-        <v>4</v>
+        <v>3</v>
+      </c>
+      <c r="AG19" t="str">
+        <v>5</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
-        <v>T18</v>
+        <v>T16</v>
       </c>
       <c r="B20">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="C20">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="D20">
-        <v>-12</v>
+        <v>-1</v>
       </c>
       <c r="E20" t="str">
         <v>GEN</v>
       </c>
       <c r="F20" t="str">
-        <v>21</v>
+        <v>T15</v>
       </c>
       <c r="G20">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="H20" t="str">
-        <v>Matt Ahlswede</v>
+        <v>Jack Warner</v>
       </c>
       <c r="I20">
-        <v>17</v>
+        <v>2</v>
       </c>
       <c r="J20">
-        <v>72</v>
+        <v>57</v>
       </c>
       <c r="L20" t="str">
-        <v>mahlswede</v>
+        <v>jacklwarner</v>
       </c>
       <c r="M20">
-        <v>17</v>
+        <v>2</v>
       </c>
       <c r="N20">
-        <v>72</v>
+        <v>57</v>
       </c>
       <c r="O20">
         <v>4</v>
       </c>
       <c r="P20">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="Q20">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R20">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S20">
         <v>3</v>
       </c>
       <c r="T20">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U20">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V20">
         <v>4</v>
       </c>
       <c r="W20">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="X20">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Y20">
         <v>3</v>
       </c>
       <c r="Z20">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AA20">
         <v>3</v>
       </c>
       <c r="AB20">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AC20">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AD20">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="AE20">
         <v>3</v>
       </c>
       <c r="AF20">
+        <v>4</v>
+      </c>
+      <c r="AG20" t="str">
         <v>5</v>
       </c>
     </row>
     <row r="21">
-      <c r="A21">
-        <v>20</v>
+      <c r="A21" t="str">
+        <v>T16</v>
       </c>
       <c r="B21">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="C21">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="D21">
-        <v>-3</v>
+        <v>-2</v>
       </c>
       <c r="E21" t="str">
         <v>GEN</v>
       </c>
       <c r="F21" t="str">
-        <v>17</v>
+        <v>T20</v>
       </c>
       <c r="G21">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="H21" t="str">
-        <v>Jeremy Leathers</v>
+        <v>Andrew Lulis</v>
       </c>
       <c r="I21">
-        <v>10</v>
+        <v>3</v>
       </c>
       <c r="J21">
-        <v>65</v>
+        <v>58</v>
+      </c>
+      <c r="K21">
+        <v>292092</v>
       </c>
       <c r="L21" t="str">
-        <v>jleathers9230</v>
+        <v>polrbear</v>
       </c>
       <c r="M21">
-        <v>10</v>
+        <v>3</v>
       </c>
       <c r="N21">
-        <v>65</v>
+        <v>58</v>
       </c>
       <c r="O21">
         <v>3</v>
       </c>
       <c r="P21">
         <v>4</v>
       </c>
       <c r="Q21">
         <v>3</v>
       </c>
       <c r="R21">
         <v>3</v>
       </c>
       <c r="S21">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T21">
         <v>3</v>
       </c>
       <c r="U21">
         <v>3</v>
       </c>
       <c r="V21">
         <v>4</v>
       </c>
       <c r="W21">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="X21">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="Y21">
         <v>3</v>
       </c>
       <c r="Z21">
         <v>3</v>
       </c>
       <c r="AA21">
         <v>3</v>
       </c>
       <c r="AB21">
         <v>4</v>
       </c>
       <c r="AC21">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AD21">
         <v>4</v>
       </c>
       <c r="AE21">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AF21">
         <v>3</v>
+      </c>
+      <c r="AG21" t="str">
+        <v>5</v>
       </c>
     </row>
     <row r="22">
-      <c r="A22">
-        <v>21</v>
+      <c r="A22" t="str">
+        <v>T16</v>
       </c>
       <c r="B22">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="C22">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="D22">
-        <v>-8</v>
+        <v>-2</v>
       </c>
       <c r="E22" t="str">
         <v>GEN</v>
       </c>
       <c r="F22" t="str">
-        <v>20</v>
+        <v>T20</v>
       </c>
       <c r="G22">
         <v>20</v>
       </c>
       <c r="H22" t="str">
-        <v>Mitchell lynch</v>
+        <v>Robert Pichette</v>
       </c>
       <c r="I22">
-        <v>16</v>
+        <v>3</v>
       </c>
       <c r="J22">
-        <v>71</v>
+        <v>58</v>
       </c>
       <c r="L22" t="str">
-        <v>buzzclown2468</v>
+        <v>alotarob</v>
       </c>
       <c r="M22">
-        <v>16</v>
+        <v>3</v>
       </c>
       <c r="N22">
-        <v>71</v>
+        <v>58</v>
       </c>
       <c r="O22">
         <v>3</v>
       </c>
       <c r="P22">
         <v>3</v>
       </c>
       <c r="Q22">
         <v>3</v>
       </c>
       <c r="R22">
         <v>3</v>
       </c>
       <c r="S22">
         <v>3</v>
       </c>
       <c r="T22">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U22">
         <v>4</v>
       </c>
       <c r="V22">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="W22">
         <v>3</v>
       </c>
       <c r="X22">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Y22">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Z22">
         <v>3</v>
       </c>
       <c r="AA22">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="AB22">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AC22">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AD22">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AE22">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AF22">
-        <v>3</v>
+        <v>4</v>
+      </c>
+      <c r="AG22" t="str">
+        <v>5</v>
       </c>
     </row>
     <row r="23">
+      <c r="A23" t="str">
+        <v>T16</v>
+      </c>
+      <c r="B23">
+        <v>16</v>
+      </c>
+      <c r="C23">
+        <v>1</v>
+      </c>
+      <c r="D23">
+        <v>-3</v>
+      </c>
       <c r="E23" t="str">
         <v>GEN</v>
       </c>
       <c r="F23" t="str">
-        <v>2</v>
+        <v>24</v>
       </c>
       <c r="G23">
-        <v>2</v>
+        <v>24</v>
       </c>
       <c r="H23" t="str">
-        <v>Tim Banning</v>
+        <v xml:space="preserve">Joseph Hauser </v>
       </c>
       <c r="I23">
-        <v>-2</v>
+        <v>4</v>
       </c>
       <c r="J23">
-        <v>53</v>
-[...2 lines deleted...]
-        <v>146666</v>
+        <v>59</v>
       </c>
       <c r="L23" t="str">
-        <v>tbanning</v>
+        <v>joeser</v>
       </c>
       <c r="M23">
-        <v>-2</v>
+        <v>4</v>
       </c>
       <c r="N23">
-        <v>53</v>
+        <v>59</v>
       </c>
       <c r="O23">
         <v>3</v>
       </c>
       <c r="P23">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q23">
         <v>3</v>
       </c>
       <c r="R23">
         <v>3</v>
       </c>
       <c r="S23">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T23">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U23">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V23">
         <v>3</v>
       </c>
       <c r="W23">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="X23">
         <v>4</v>
       </c>
       <c r="Y23">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z23">
         <v>3</v>
       </c>
       <c r="AA23">
         <v>3</v>
       </c>
       <c r="AB23">
         <v>3</v>
       </c>
       <c r="AC23">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AD23">
         <v>3</v>
       </c>
       <c r="AE23">
         <v>3</v>
       </c>
       <c r="AF23">
         <v>3</v>
+      </c>
+      <c r="AG23" t="str">
+        <v>5</v>
       </c>
     </row>
     <row r="24">
+      <c r="A24" t="str">
+        <v>T16</v>
+      </c>
+      <c r="B24">
+        <v>16</v>
+      </c>
       <c r="C24">
-        <v>-8</v>
+        <v>1</v>
       </c>
       <c r="D24">
-        <v>-8</v>
+        <v>-4</v>
       </c>
       <c r="E24" t="str">
         <v>GEN</v>
       </c>
+      <c r="F24" t="str">
+        <v>T25</v>
+      </c>
+      <c r="G24">
+        <v>25</v>
+      </c>
       <c r="H24" t="str">
-        <v>Braedan b</v>
+        <v>Charlie Painter</v>
       </c>
       <c r="I24">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="J24">
-        <v>0</v>
+        <v>60</v>
       </c>
       <c r="L24" t="str">
-        <v>budda0</v>
+        <v>charliepaints</v>
       </c>
       <c r="M24">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="N24">
-        <v>0</v>
+        <v>60</v>
+      </c>
+      <c r="O24">
+        <v>3</v>
+      </c>
+      <c r="P24">
+        <v>4</v>
+      </c>
+      <c r="Q24">
+        <v>3</v>
+      </c>
+      <c r="R24">
+        <v>4</v>
+      </c>
+      <c r="S24">
+        <v>3</v>
+      </c>
+      <c r="T24">
+        <v>4</v>
+      </c>
+      <c r="U24">
+        <v>3</v>
+      </c>
+      <c r="V24">
+        <v>3</v>
+      </c>
+      <c r="W24">
+        <v>3</v>
+      </c>
+      <c r="X24">
+        <v>4</v>
+      </c>
+      <c r="Y24">
+        <v>3</v>
+      </c>
+      <c r="Z24">
+        <v>4</v>
+      </c>
+      <c r="AA24">
+        <v>3</v>
+      </c>
+      <c r="AB24">
+        <v>3</v>
+      </c>
+      <c r="AC24">
+        <v>3</v>
+      </c>
+      <c r="AD24">
+        <v>4</v>
+      </c>
+      <c r="AE24">
+        <v>3</v>
+      </c>
+      <c r="AF24">
+        <v>3</v>
+      </c>
+      <c r="AG24" t="str">
+        <v>5</v>
       </c>
     </row>
     <row r="25">
+      <c r="A25" t="str">
+        <v>T16</v>
+      </c>
+      <c r="B25">
+        <v>16</v>
+      </c>
       <c r="C25">
-        <v>-4</v>
+        <v>1</v>
       </c>
       <c r="D25">
-        <v>-4</v>
+        <v>-5</v>
       </c>
       <c r="E25" t="str">
         <v>GEN</v>
       </c>
+      <c r="F25" t="str">
+        <v>T29</v>
+      </c>
+      <c r="G25">
+        <v>29</v>
+      </c>
       <c r="H25" t="str">
-        <v>Matthew Badger</v>
+        <v>Vincent Deslauriers</v>
       </c>
       <c r="I25">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="J25">
-        <v>0</v>
+        <v>61</v>
       </c>
       <c r="L25" t="str">
-        <v>battmadger</v>
+        <v>vince616</v>
       </c>
       <c r="M25">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="N25">
-        <v>0</v>
+        <v>61</v>
+      </c>
+      <c r="O25">
+        <v>3</v>
+      </c>
+      <c r="P25">
+        <v>3</v>
+      </c>
+      <c r="Q25">
+        <v>2</v>
+      </c>
+      <c r="R25">
+        <v>5</v>
+      </c>
+      <c r="S25">
+        <v>4</v>
+      </c>
+      <c r="T25">
+        <v>3</v>
+      </c>
+      <c r="U25">
+        <v>4</v>
+      </c>
+      <c r="V25">
+        <v>3</v>
+      </c>
+      <c r="W25">
+        <v>3</v>
+      </c>
+      <c r="X25">
+        <v>5</v>
+      </c>
+      <c r="Y25">
+        <v>2</v>
+      </c>
+      <c r="Z25">
+        <v>3</v>
+      </c>
+      <c r="AA25">
+        <v>4</v>
+      </c>
+      <c r="AB25">
+        <v>4</v>
+      </c>
+      <c r="AC25">
+        <v>3</v>
+      </c>
+      <c r="AD25">
+        <v>4</v>
+      </c>
+      <c r="AE25">
+        <v>3</v>
+      </c>
+      <c r="AF25">
+        <v>3</v>
+      </c>
+      <c r="AG25" t="str">
+        <v>5</v>
       </c>
     </row>
     <row r="26">
+      <c r="A26" t="str">
+        <v>T16</v>
+      </c>
+      <c r="B26">
+        <v>16</v>
+      </c>
       <c r="C26">
-        <v>-1</v>
+        <v>1</v>
       </c>
       <c r="D26">
-        <v>-1</v>
+        <v>-6</v>
       </c>
       <c r="E26" t="str">
         <v>GEN</v>
       </c>
+      <c r="F26" t="str">
+        <v>T33</v>
+      </c>
+      <c r="G26">
+        <v>33</v>
+      </c>
       <c r="H26" t="str">
-        <v>Darin Brock</v>
+        <v>Tim Wellens</v>
       </c>
       <c r="I26">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="J26">
-        <v>0</v>
+        <v>62</v>
       </c>
       <c r="K26">
-        <v>298928</v>
+        <v>175114</v>
       </c>
       <c r="L26" t="str">
-        <v>dbrock7540</v>
+        <v>tsmash5000</v>
       </c>
       <c r="M26">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="N26">
-        <v>0</v>
+        <v>62</v>
+      </c>
+      <c r="O26">
+        <v>3</v>
+      </c>
+      <c r="P26">
+        <v>4</v>
+      </c>
+      <c r="Q26">
+        <v>3</v>
+      </c>
+      <c r="R26">
+        <v>4</v>
+      </c>
+      <c r="S26">
+        <v>4</v>
+      </c>
+      <c r="T26">
+        <v>4</v>
+      </c>
+      <c r="U26">
+        <v>3</v>
+      </c>
+      <c r="V26">
+        <v>3</v>
+      </c>
+      <c r="W26">
+        <v>3</v>
+      </c>
+      <c r="X26">
+        <v>5</v>
+      </c>
+      <c r="Y26">
+        <v>3</v>
+      </c>
+      <c r="Z26">
+        <v>4</v>
+      </c>
+      <c r="AA26">
+        <v>3</v>
+      </c>
+      <c r="AB26">
+        <v>3</v>
+      </c>
+      <c r="AC26">
+        <v>3</v>
+      </c>
+      <c r="AD26">
+        <v>4</v>
+      </c>
+      <c r="AE26">
+        <v>3</v>
+      </c>
+      <c r="AF26">
+        <v>3</v>
+      </c>
+      <c r="AG26" t="str">
+        <v>5</v>
       </c>
     </row>
     <row r="27">
+      <c r="A27" t="str">
+        <v>T16</v>
+      </c>
+      <c r="B27">
+        <v>16</v>
+      </c>
       <c r="C27">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="D27">
-        <v>4</v>
+        <v>-10</v>
       </c>
       <c r="E27" t="str">
         <v>GEN</v>
       </c>
+      <c r="F27" t="str">
+        <v>T46</v>
+      </c>
+      <c r="G27">
+        <v>46</v>
+      </c>
       <c r="H27" t="str">
-        <v>Josh Anspach</v>
+        <v>Shannon Colwin</v>
       </c>
       <c r="I27">
-        <v>0</v>
+        <v>11</v>
       </c>
       <c r="J27">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>258937</v>
+        <v>66</v>
       </c>
       <c r="L27" t="str">
-        <v>janspach</v>
+        <v>scolwin</v>
       </c>
       <c r="M27">
-        <v>0</v>
+        <v>11</v>
       </c>
       <c r="N27">
-        <v>0</v>
+        <v>66</v>
+      </c>
+      <c r="O27">
+        <v>3</v>
+      </c>
+      <c r="P27">
+        <v>6</v>
+      </c>
+      <c r="Q27">
+        <v>3</v>
+      </c>
+      <c r="R27">
+        <v>4</v>
+      </c>
+      <c r="S27">
+        <v>4</v>
+      </c>
+      <c r="T27">
+        <v>3</v>
+      </c>
+      <c r="U27">
+        <v>3</v>
+      </c>
+      <c r="V27">
+        <v>4</v>
+      </c>
+      <c r="W27">
+        <v>3</v>
+      </c>
+      <c r="X27">
+        <v>5</v>
+      </c>
+      <c r="Y27">
+        <v>2</v>
+      </c>
+      <c r="Z27">
+        <v>5</v>
+      </c>
+      <c r="AA27">
+        <v>3</v>
+      </c>
+      <c r="AB27">
+        <v>4</v>
+      </c>
+      <c r="AC27">
+        <v>4</v>
+      </c>
+      <c r="AD27">
+        <v>3</v>
+      </c>
+      <c r="AE27">
+        <v>3</v>
+      </c>
+      <c r="AF27">
+        <v>4</v>
+      </c>
+      <c r="AG27" t="str">
+        <v>5</v>
       </c>
     </row>
     <row r="28">
+      <c r="A28" t="str">
+        <v>T27</v>
+      </c>
+      <c r="B28">
+        <v>27</v>
+      </c>
       <c r="C28">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="D28">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="E28" t="str">
         <v>GEN</v>
       </c>
+      <c r="F28" t="str">
+        <v>T6</v>
+      </c>
+      <c r="G28">
+        <v>6</v>
+      </c>
       <c r="H28" t="str">
-        <v>Tyler Schoenke</v>
+        <v>Josh Anspach</v>
       </c>
       <c r="I28">
-        <v>0</v>
+        <v>-2</v>
       </c>
       <c r="J28">
-        <v>0</v>
+        <v>53</v>
       </c>
       <c r="K28">
-        <v>247124</v>
+        <v>258937</v>
       </c>
       <c r="L28" t="str">
-        <v>tylershank</v>
+        <v>janspach</v>
       </c>
       <c r="M28">
-        <v>0</v>
+        <v>-2</v>
       </c>
       <c r="N28">
-        <v>0</v>
+        <v>53</v>
+      </c>
+      <c r="O28">
+        <v>3</v>
+      </c>
+      <c r="P28">
+        <v>3</v>
+      </c>
+      <c r="Q28">
+        <v>3</v>
+      </c>
+      <c r="R28">
+        <v>3</v>
+      </c>
+      <c r="S28">
+        <v>3</v>
+      </c>
+      <c r="T28">
+        <v>3</v>
+      </c>
+      <c r="U28">
+        <v>2</v>
+      </c>
+      <c r="V28">
+        <v>3</v>
+      </c>
+      <c r="W28">
+        <v>2</v>
+      </c>
+      <c r="X28">
+        <v>5</v>
+      </c>
+      <c r="Y28">
+        <v>3</v>
+      </c>
+      <c r="Z28">
+        <v>3</v>
+      </c>
+      <c r="AA28">
+        <v>3</v>
+      </c>
+      <c r="AB28">
+        <v>3</v>
+      </c>
+      <c r="AC28">
+        <v>2</v>
+      </c>
+      <c r="AD28">
+        <v>4</v>
+      </c>
+      <c r="AE28">
+        <v>2</v>
+      </c>
+      <c r="AF28">
+        <v>3</v>
       </c>
     </row>
     <row r="29">
+      <c r="A29" t="str">
+        <v>T27</v>
+      </c>
+      <c r="B29">
+        <v>27</v>
+      </c>
       <c r="C29">
-        <v>-8</v>
+        <v>2</v>
       </c>
       <c r="D29">
-        <v>-8</v>
+        <v>3</v>
       </c>
       <c r="E29" t="str">
         <v>GEN</v>
       </c>
+      <c r="F29" t="str">
+        <v>T8</v>
+      </c>
+      <c r="G29">
+        <v>8</v>
+      </c>
       <c r="H29" t="str">
-        <v>Alexander Schmidtknecht</v>
+        <v>Jake Johnson</v>
       </c>
       <c r="I29">
-        <v>0</v>
+        <v>-1</v>
       </c>
       <c r="J29">
-        <v>0</v>
+        <v>54</v>
       </c>
       <c r="K29">
-        <v>112949</v>
+        <v>295137</v>
       </c>
       <c r="L29" t="str">
-        <v>chefalex</v>
+        <v>windblow</v>
       </c>
       <c r="M29">
-        <v>0</v>
+        <v>-1</v>
       </c>
       <c r="N29">
-        <v>0</v>
+        <v>54</v>
+      </c>
+      <c r="O29">
+        <v>3</v>
+      </c>
+      <c r="P29">
+        <v>3</v>
+      </c>
+      <c r="Q29">
+        <v>3</v>
+      </c>
+      <c r="R29">
+        <v>3</v>
+      </c>
+      <c r="S29">
+        <v>3</v>
+      </c>
+      <c r="T29">
+        <v>3</v>
+      </c>
+      <c r="U29">
+        <v>2</v>
+      </c>
+      <c r="V29">
+        <v>3</v>
+      </c>
+      <c r="W29">
+        <v>3</v>
+      </c>
+      <c r="X29">
+        <v>4</v>
+      </c>
+      <c r="Y29">
+        <v>3</v>
+      </c>
+      <c r="Z29">
+        <v>3</v>
+      </c>
+      <c r="AA29">
+        <v>3</v>
+      </c>
+      <c r="AB29">
+        <v>3</v>
+      </c>
+      <c r="AC29">
+        <v>2</v>
+      </c>
+      <c r="AD29">
+        <v>4</v>
+      </c>
+      <c r="AE29">
+        <v>3</v>
+      </c>
+      <c r="AF29">
+        <v>3</v>
       </c>
     </row>
     <row r="30">
+      <c r="A30" t="str">
+        <v>T27</v>
+      </c>
+      <c r="B30">
+        <v>27</v>
+      </c>
       <c r="C30">
         <v>2</v>
       </c>
       <c r="D30">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E30" t="str">
         <v>GEN</v>
       </c>
+      <c r="F30" t="str">
+        <v>T12</v>
+      </c>
+      <c r="G30">
+        <v>12</v>
+      </c>
       <c r="H30" t="str">
-        <v>Eric Petzold</v>
+        <v>Jacob Pfeiffer</v>
       </c>
       <c r="I30">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J30">
-        <v>0</v>
+        <v>56</v>
       </c>
       <c r="K30">
-        <v>179136</v>
+        <v>88749</v>
       </c>
       <c r="L30" t="str">
-        <v>ericptz</v>
+        <v>jacobapfeiffer</v>
       </c>
       <c r="M30">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="N30">
-        <v>0</v>
+        <v>56</v>
+      </c>
+      <c r="O30">
+        <v>3</v>
+      </c>
+      <c r="P30">
+        <v>3</v>
+      </c>
+      <c r="Q30">
+        <v>3</v>
+      </c>
+      <c r="R30">
+        <v>3</v>
+      </c>
+      <c r="S30">
+        <v>3</v>
+      </c>
+      <c r="T30">
+        <v>3</v>
+      </c>
+      <c r="U30">
+        <v>2</v>
+      </c>
+      <c r="V30">
+        <v>3</v>
+      </c>
+      <c r="W30">
+        <v>3</v>
+      </c>
+      <c r="X30">
+        <v>5</v>
+      </c>
+      <c r="Y30">
+        <v>3</v>
+      </c>
+      <c r="Z30">
+        <v>4</v>
+      </c>
+      <c r="AA30">
+        <v>3</v>
+      </c>
+      <c r="AB30">
+        <v>3</v>
+      </c>
+      <c r="AC30">
+        <v>3</v>
+      </c>
+      <c r="AD30">
+        <v>3</v>
+      </c>
+      <c r="AE30">
+        <v>2</v>
+      </c>
+      <c r="AF30">
+        <v>4</v>
       </c>
     </row>
     <row r="31">
+      <c r="A31" t="str">
+        <v>T27</v>
+      </c>
+      <c r="B31">
+        <v>27</v>
+      </c>
       <c r="C31">
-        <v>-11</v>
+        <v>2</v>
       </c>
       <c r="D31">
-        <v>-11</v>
+        <v>-5</v>
       </c>
       <c r="E31" t="str">
         <v>GEN</v>
       </c>
+      <c r="F31" t="str">
+        <v>T33</v>
+      </c>
+      <c r="G31">
+        <v>33</v>
+      </c>
       <c r="H31" t="str">
+        <v>Charles Bowen-Braxton</v>
+      </c>
+      <c r="I31">
+        <v>7</v>
+      </c>
+      <c r="J31">
+        <v>62</v>
+      </c>
+      <c r="L31" t="str">
+        <v>narles83</v>
+      </c>
+      <c r="M31">
+        <v>7</v>
+      </c>
+      <c r="N31">
+        <v>62</v>
+      </c>
+      <c r="O31">
+        <v>3</v>
+      </c>
+      <c r="P31">
+        <v>3</v>
+      </c>
+      <c r="Q31">
+        <v>3</v>
+      </c>
+      <c r="R31">
+        <v>3</v>
+      </c>
+      <c r="S31">
+        <v>3</v>
+      </c>
+      <c r="T31">
+        <v>4</v>
+      </c>
+      <c r="U31">
+        <v>4</v>
+      </c>
+      <c r="V31">
+        <v>3</v>
+      </c>
+      <c r="W31">
+        <v>3</v>
+      </c>
+      <c r="X31">
+        <v>4</v>
+      </c>
+      <c r="Y31">
+        <v>5</v>
+      </c>
+      <c r="Z31">
+        <v>4</v>
+      </c>
+      <c r="AA31">
+        <v>3</v>
+      </c>
+      <c r="AB31">
+        <v>3</v>
+      </c>
+      <c r="AC31">
+        <v>3</v>
+      </c>
+      <c r="AD31">
+        <v>5</v>
+      </c>
+      <c r="AE31">
+        <v>3</v>
+      </c>
+      <c r="AF31">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="str">
+        <v>T27</v>
+      </c>
+      <c r="B32">
+        <v>27</v>
+      </c>
+      <c r="C32">
+        <v>2</v>
+      </c>
+      <c r="D32">
+        <v>-7</v>
+      </c>
+      <c r="E32" t="str">
+        <v>GEN</v>
+      </c>
+      <c r="F32" t="str">
+        <v>T39</v>
+      </c>
+      <c r="G32">
+        <v>39</v>
+      </c>
+      <c r="H32" t="str">
+        <v xml:space="preserve">John McFarland </v>
+      </c>
+      <c r="I32">
+        <v>9</v>
+      </c>
+      <c r="J32">
+        <v>64</v>
+      </c>
+      <c r="L32" t="str">
+        <v>itsjustjohn15</v>
+      </c>
+      <c r="M32">
+        <v>9</v>
+      </c>
+      <c r="N32">
+        <v>64</v>
+      </c>
+      <c r="O32">
+        <v>3</v>
+      </c>
+      <c r="P32">
+        <v>4</v>
+      </c>
+      <c r="Q32">
+        <v>3</v>
+      </c>
+      <c r="R32">
+        <v>4</v>
+      </c>
+      <c r="S32">
+        <v>3</v>
+      </c>
+      <c r="T32">
+        <v>3</v>
+      </c>
+      <c r="U32">
+        <v>4</v>
+      </c>
+      <c r="V32">
+        <v>5</v>
+      </c>
+      <c r="W32">
+        <v>5</v>
+      </c>
+      <c r="X32">
+        <v>5</v>
+      </c>
+      <c r="Y32">
+        <v>4</v>
+      </c>
+      <c r="Z32">
+        <v>3</v>
+      </c>
+      <c r="AA32">
+        <v>2</v>
+      </c>
+      <c r="AB32">
+        <v>3</v>
+      </c>
+      <c r="AC32">
+        <v>3</v>
+      </c>
+      <c r="AD32">
+        <v>4</v>
+      </c>
+      <c r="AE32">
+        <v>3</v>
+      </c>
+      <c r="AF32">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="str">
+        <v>T32</v>
+      </c>
+      <c r="B33">
+        <v>32</v>
+      </c>
+      <c r="C33">
+        <v>3</v>
+      </c>
+      <c r="D33">
+        <v>1</v>
+      </c>
+      <c r="E33" t="str">
+        <v>GEN</v>
+      </c>
+      <c r="F33" t="str">
+        <v>T15</v>
+      </c>
+      <c r="G33">
+        <v>15</v>
+      </c>
+      <c r="H33" t="str">
+        <v>Taylor DeBroux</v>
+      </c>
+      <c r="I33">
+        <v>2</v>
+      </c>
+      <c r="J33">
+        <v>57</v>
+      </c>
+      <c r="K33">
+        <v>268840</v>
+      </c>
+      <c r="L33" t="str">
+        <v>tdebroux</v>
+      </c>
+      <c r="M33">
+        <v>2</v>
+      </c>
+      <c r="N33">
+        <v>57</v>
+      </c>
+      <c r="O33">
+        <v>3</v>
+      </c>
+      <c r="P33">
+        <v>4</v>
+      </c>
+      <c r="Q33">
+        <v>3</v>
+      </c>
+      <c r="R33">
+        <v>3</v>
+      </c>
+      <c r="S33">
+        <v>4</v>
+      </c>
+      <c r="T33">
+        <v>4</v>
+      </c>
+      <c r="U33">
+        <v>2</v>
+      </c>
+      <c r="V33">
+        <v>3</v>
+      </c>
+      <c r="W33">
+        <v>3</v>
+      </c>
+      <c r="X33">
+        <v>4</v>
+      </c>
+      <c r="Y33">
+        <v>3</v>
+      </c>
+      <c r="Z33">
+        <v>4</v>
+      </c>
+      <c r="AA33">
+        <v>2</v>
+      </c>
+      <c r="AB33">
+        <v>3</v>
+      </c>
+      <c r="AC33">
+        <v>3</v>
+      </c>
+      <c r="AD33">
+        <v>3</v>
+      </c>
+      <c r="AE33">
+        <v>3</v>
+      </c>
+      <c r="AF33">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="str">
+        <v>T32</v>
+      </c>
+      <c r="B34">
+        <v>32</v>
+      </c>
+      <c r="C34">
+        <v>3</v>
+      </c>
+      <c r="D34">
+        <v>-7</v>
+      </c>
+      <c r="E34" t="str">
+        <v>GEN</v>
+      </c>
+      <c r="F34" t="str">
+        <v>T42</v>
+      </c>
+      <c r="G34">
+        <v>42</v>
+      </c>
+      <c r="H34" t="str">
+        <v>Ivan Barragan</v>
+      </c>
+      <c r="I34">
+        <v>10</v>
+      </c>
+      <c r="J34">
+        <v>65</v>
+      </c>
+      <c r="K34">
+        <v>266871</v>
+      </c>
+      <c r="L34" t="str">
+        <v>mrbarragan</v>
+      </c>
+      <c r="M34">
+        <v>10</v>
+      </c>
+      <c r="N34">
+        <v>65</v>
+      </c>
+      <c r="O34">
+        <v>3</v>
+      </c>
+      <c r="P34">
+        <v>4</v>
+      </c>
+      <c r="Q34">
+        <v>3</v>
+      </c>
+      <c r="R34">
+        <v>3</v>
+      </c>
+      <c r="S34">
+        <v>4</v>
+      </c>
+      <c r="T34">
+        <v>6</v>
+      </c>
+      <c r="U34">
+        <v>4</v>
+      </c>
+      <c r="V34">
+        <v>3</v>
+      </c>
+      <c r="W34">
+        <v>3</v>
+      </c>
+      <c r="X34">
+        <v>5</v>
+      </c>
+      <c r="Y34">
+        <v>4</v>
+      </c>
+      <c r="Z34">
+        <v>5</v>
+      </c>
+      <c r="AA34">
+        <v>2</v>
+      </c>
+      <c r="AB34">
+        <v>4</v>
+      </c>
+      <c r="AC34">
+        <v>3</v>
+      </c>
+      <c r="AD34">
+        <v>3</v>
+      </c>
+      <c r="AE34">
+        <v>3</v>
+      </c>
+      <c r="AF34">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="str">
+        <v>T32</v>
+      </c>
+      <c r="B35">
+        <v>32</v>
+      </c>
+      <c r="C35">
+        <v>3</v>
+      </c>
+      <c r="D35">
+        <v>-20</v>
+      </c>
+      <c r="E35" t="str">
+        <v>GEN</v>
+      </c>
+      <c r="F35" t="str">
+        <v>57</v>
+      </c>
+      <c r="G35">
+        <v>57</v>
+      </c>
+      <c r="H35" t="str">
+        <v>Hunter Martin</v>
+      </c>
+      <c r="I35">
+        <v>23</v>
+      </c>
+      <c r="J35">
+        <v>78</v>
+      </c>
+      <c r="L35" t="str">
+        <v>huntie21</v>
+      </c>
+      <c r="M35">
+        <v>23</v>
+      </c>
+      <c r="N35">
+        <v>78</v>
+      </c>
+      <c r="O35">
+        <v>3</v>
+      </c>
+      <c r="P35">
+        <v>5</v>
+      </c>
+      <c r="Q35">
+        <v>5</v>
+      </c>
+      <c r="R35">
+        <v>4</v>
+      </c>
+      <c r="S35">
+        <v>4</v>
+      </c>
+      <c r="T35">
+        <v>5</v>
+      </c>
+      <c r="U35">
+        <v>3</v>
+      </c>
+      <c r="V35">
+        <v>4</v>
+      </c>
+      <c r="W35">
+        <v>4</v>
+      </c>
+      <c r="X35">
+        <v>7</v>
+      </c>
+      <c r="Y35">
+        <v>3</v>
+      </c>
+      <c r="Z35">
+        <v>3</v>
+      </c>
+      <c r="AA35">
+        <v>5</v>
+      </c>
+      <c r="AB35">
+        <v>5</v>
+      </c>
+      <c r="AC35">
+        <v>5</v>
+      </c>
+      <c r="AD35">
+        <v>5</v>
+      </c>
+      <c r="AE35">
+        <v>3</v>
+      </c>
+      <c r="AF35">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="str">
+        <v>T35</v>
+      </c>
+      <c r="B36">
+        <v>35</v>
+      </c>
+      <c r="C36">
+        <v>4</v>
+      </c>
+      <c r="D36">
+        <v>1</v>
+      </c>
+      <c r="E36" t="str">
+        <v>GEN</v>
+      </c>
+      <c r="F36" t="str">
+        <v>T20</v>
+      </c>
+      <c r="G36">
+        <v>20</v>
+      </c>
+      <c r="H36" t="str">
+        <v>Bradley Riss</v>
+      </c>
+      <c r="I36">
+        <v>3</v>
+      </c>
+      <c r="J36">
+        <v>58</v>
+      </c>
+      <c r="K36">
+        <v>110635</v>
+      </c>
+      <c r="L36" t="str">
+        <v>rissba05</v>
+      </c>
+      <c r="M36">
+        <v>3</v>
+      </c>
+      <c r="N36">
+        <v>58</v>
+      </c>
+      <c r="O36">
+        <v>2</v>
+      </c>
+      <c r="P36">
+        <v>4</v>
+      </c>
+      <c r="Q36">
+        <v>3</v>
+      </c>
+      <c r="R36">
+        <v>3</v>
+      </c>
+      <c r="S36">
+        <v>4</v>
+      </c>
+      <c r="T36">
+        <v>4</v>
+      </c>
+      <c r="U36">
+        <v>3</v>
+      </c>
+      <c r="V36">
+        <v>3</v>
+      </c>
+      <c r="W36">
+        <v>3</v>
+      </c>
+      <c r="X36">
+        <v>4</v>
+      </c>
+      <c r="Y36">
+        <v>3</v>
+      </c>
+      <c r="Z36">
+        <v>3</v>
+      </c>
+      <c r="AA36">
+        <v>3</v>
+      </c>
+      <c r="AB36">
+        <v>4</v>
+      </c>
+      <c r="AC36">
+        <v>3</v>
+      </c>
+      <c r="AD36">
+        <v>4</v>
+      </c>
+      <c r="AE36">
+        <v>2</v>
+      </c>
+      <c r="AF36">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="str">
+        <v>T35</v>
+      </c>
+      <c r="B37">
+        <v>35</v>
+      </c>
+      <c r="C37">
+        <v>4</v>
+      </c>
+      <c r="D37">
+        <v>-1</v>
+      </c>
+      <c r="E37" t="str">
+        <v>GEN</v>
+      </c>
+      <c r="F37" t="str">
+        <v>T25</v>
+      </c>
+      <c r="G37">
+        <v>25</v>
+      </c>
+      <c r="H37" t="str">
+        <v>Mike Pichette</v>
+      </c>
+      <c r="I37">
+        <v>5</v>
+      </c>
+      <c r="J37">
+        <v>60</v>
+      </c>
+      <c r="L37" t="str">
+        <v>pichizzle</v>
+      </c>
+      <c r="M37">
+        <v>5</v>
+      </c>
+      <c r="N37">
+        <v>60</v>
+      </c>
+      <c r="O37">
+        <v>3</v>
+      </c>
+      <c r="P37">
+        <v>5</v>
+      </c>
+      <c r="Q37">
+        <v>4</v>
+      </c>
+      <c r="R37">
+        <v>3</v>
+      </c>
+      <c r="S37">
+        <v>3</v>
+      </c>
+      <c r="T37">
+        <v>3</v>
+      </c>
+      <c r="U37">
+        <v>3</v>
+      </c>
+      <c r="V37">
+        <v>3</v>
+      </c>
+      <c r="W37">
+        <v>2</v>
+      </c>
+      <c r="X37">
+        <v>4</v>
+      </c>
+      <c r="Y37">
+        <v>3</v>
+      </c>
+      <c r="Z37">
+        <v>3</v>
+      </c>
+      <c r="AA37">
+        <v>3</v>
+      </c>
+      <c r="AB37">
+        <v>3</v>
+      </c>
+      <c r="AC37">
+        <v>3</v>
+      </c>
+      <c r="AD37">
+        <v>3</v>
+      </c>
+      <c r="AE37">
+        <v>4</v>
+      </c>
+      <c r="AF37">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="str">
+        <v>T35</v>
+      </c>
+      <c r="B38">
+        <v>35</v>
+      </c>
+      <c r="C38">
+        <v>4</v>
+      </c>
+      <c r="D38">
+        <v>-2</v>
+      </c>
+      <c r="E38" t="str">
+        <v>GEN</v>
+      </c>
+      <c r="F38" t="str">
+        <v>T29</v>
+      </c>
+      <c r="G38">
+        <v>29</v>
+      </c>
+      <c r="H38" t="str">
+        <v>Michael Mortimer</v>
+      </c>
+      <c r="I38">
+        <v>6</v>
+      </c>
+      <c r="J38">
+        <v>61</v>
+      </c>
+      <c r="L38" t="str">
+        <v>mikemort</v>
+      </c>
+      <c r="M38">
+        <v>6</v>
+      </c>
+      <c r="N38">
+        <v>61</v>
+      </c>
+      <c r="O38">
+        <v>3</v>
+      </c>
+      <c r="P38">
+        <v>3</v>
+      </c>
+      <c r="Q38">
+        <v>4</v>
+      </c>
+      <c r="R38">
+        <v>3</v>
+      </c>
+      <c r="S38">
+        <v>3</v>
+      </c>
+      <c r="T38">
+        <v>3</v>
+      </c>
+      <c r="U38">
+        <v>2</v>
+      </c>
+      <c r="V38">
+        <v>3</v>
+      </c>
+      <c r="W38">
+        <v>4</v>
+      </c>
+      <c r="X38">
+        <v>3</v>
+      </c>
+      <c r="Y38">
+        <v>3</v>
+      </c>
+      <c r="Z38">
+        <v>4</v>
+      </c>
+      <c r="AA38">
+        <v>3</v>
+      </c>
+      <c r="AB38">
+        <v>5</v>
+      </c>
+      <c r="AC38">
+        <v>4</v>
+      </c>
+      <c r="AD38">
+        <v>4</v>
+      </c>
+      <c r="AE38">
+        <v>3</v>
+      </c>
+      <c r="AF38">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="str">
+        <v>T35</v>
+      </c>
+      <c r="B39">
+        <v>35</v>
+      </c>
+      <c r="C39">
+        <v>4</v>
+      </c>
+      <c r="D39">
+        <v>-4</v>
+      </c>
+      <c r="E39" t="str">
+        <v>GEN</v>
+      </c>
+      <c r="F39" t="str">
+        <v>T37</v>
+      </c>
+      <c r="G39">
+        <v>37</v>
+      </c>
+      <c r="H39" t="str">
+        <v>Matthew Badger</v>
+      </c>
+      <c r="I39">
+        <v>8</v>
+      </c>
+      <c r="J39">
+        <v>63</v>
+      </c>
+      <c r="L39" t="str">
+        <v>battmadger</v>
+      </c>
+      <c r="M39">
+        <v>8</v>
+      </c>
+      <c r="N39">
+        <v>63</v>
+      </c>
+      <c r="O39">
+        <v>3</v>
+      </c>
+      <c r="P39">
+        <v>4</v>
+      </c>
+      <c r="Q39">
+        <v>4</v>
+      </c>
+      <c r="R39">
+        <v>3</v>
+      </c>
+      <c r="S39">
+        <v>4</v>
+      </c>
+      <c r="T39">
+        <v>4</v>
+      </c>
+      <c r="U39">
+        <v>3</v>
+      </c>
+      <c r="V39">
+        <v>4</v>
+      </c>
+      <c r="W39">
+        <v>3</v>
+      </c>
+      <c r="X39">
+        <v>6</v>
+      </c>
+      <c r="Y39">
+        <v>3</v>
+      </c>
+      <c r="Z39">
+        <v>2</v>
+      </c>
+      <c r="AA39">
+        <v>3</v>
+      </c>
+      <c r="AB39">
+        <v>3</v>
+      </c>
+      <c r="AC39">
+        <v>3</v>
+      </c>
+      <c r="AD39">
+        <v>4</v>
+      </c>
+      <c r="AE39">
+        <v>3</v>
+      </c>
+      <c r="AF39">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="str">
+        <v>T35</v>
+      </c>
+      <c r="B40">
+        <v>35</v>
+      </c>
+      <c r="C40">
+        <v>4</v>
+      </c>
+      <c r="D40">
+        <v>-5</v>
+      </c>
+      <c r="E40" t="str">
+        <v>GEN</v>
+      </c>
+      <c r="F40" t="str">
+        <v>T39</v>
+      </c>
+      <c r="G40">
+        <v>39</v>
+      </c>
+      <c r="H40" t="str">
+        <v>Cullen Moran</v>
+      </c>
+      <c r="I40">
+        <v>9</v>
+      </c>
+      <c r="J40">
+        <v>64</v>
+      </c>
+      <c r="L40" t="str">
+        <v>djcullycul</v>
+      </c>
+      <c r="M40">
+        <v>9</v>
+      </c>
+      <c r="N40">
+        <v>64</v>
+      </c>
+      <c r="O40">
+        <v>4</v>
+      </c>
+      <c r="P40">
+        <v>4</v>
+      </c>
+      <c r="Q40">
+        <v>3</v>
+      </c>
+      <c r="R40">
+        <v>3</v>
+      </c>
+      <c r="S40">
+        <v>3</v>
+      </c>
+      <c r="T40">
+        <v>4</v>
+      </c>
+      <c r="U40">
+        <v>3</v>
+      </c>
+      <c r="V40">
+        <v>3</v>
+      </c>
+      <c r="W40">
+        <v>6</v>
+      </c>
+      <c r="X40">
+        <v>5</v>
+      </c>
+      <c r="Y40">
+        <v>3</v>
+      </c>
+      <c r="Z40">
+        <v>3</v>
+      </c>
+      <c r="AA40">
+        <v>3</v>
+      </c>
+      <c r="AB40">
+        <v>3</v>
+      </c>
+      <c r="AC40">
+        <v>4</v>
+      </c>
+      <c r="AD40">
+        <v>3</v>
+      </c>
+      <c r="AE40">
+        <v>3</v>
+      </c>
+      <c r="AF40">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="str">
+        <v>T35</v>
+      </c>
+      <c r="B41">
+        <v>35</v>
+      </c>
+      <c r="C41">
+        <v>4</v>
+      </c>
+      <c r="D41">
+        <v>-7</v>
+      </c>
+      <c r="E41" t="str">
+        <v>GEN</v>
+      </c>
+      <c r="F41" t="str">
+        <v>T46</v>
+      </c>
+      <c r="G41">
+        <v>46</v>
+      </c>
+      <c r="H41" t="str">
+        <v>Bizzy</v>
+      </c>
+      <c r="I41">
+        <v>11</v>
+      </c>
+      <c r="J41">
+        <v>66</v>
+      </c>
+      <c r="L41" t="str">
+        <v>biznestime</v>
+      </c>
+      <c r="M41">
+        <v>11</v>
+      </c>
+      <c r="N41">
+        <v>66</v>
+      </c>
+      <c r="O41">
+        <v>3</v>
+      </c>
+      <c r="P41">
+        <v>4</v>
+      </c>
+      <c r="Q41">
+        <v>4</v>
+      </c>
+      <c r="R41">
+        <v>4</v>
+      </c>
+      <c r="S41">
+        <v>4</v>
+      </c>
+      <c r="T41">
+        <v>4</v>
+      </c>
+      <c r="U41">
+        <v>4</v>
+      </c>
+      <c r="V41">
+        <v>4</v>
+      </c>
+      <c r="W41">
+        <v>3</v>
+      </c>
+      <c r="X41">
+        <v>4</v>
+      </c>
+      <c r="Y41">
+        <v>3</v>
+      </c>
+      <c r="Z41">
+        <v>4</v>
+      </c>
+      <c r="AA41">
+        <v>2</v>
+      </c>
+      <c r="AB41">
+        <v>4</v>
+      </c>
+      <c r="AC41">
+        <v>4</v>
+      </c>
+      <c r="AD41">
+        <v>4</v>
+      </c>
+      <c r="AE41">
+        <v>3</v>
+      </c>
+      <c r="AF41">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="str">
+        <v>T35</v>
+      </c>
+      <c r="B42">
+        <v>35</v>
+      </c>
+      <c r="C42">
+        <v>4</v>
+      </c>
+      <c r="D42">
+        <v>-8</v>
+      </c>
+      <c r="E42" t="str">
+        <v>GEN</v>
+      </c>
+      <c r="F42" t="str">
+        <v>T50</v>
+      </c>
+      <c r="G42">
+        <v>50</v>
+      </c>
+      <c r="H42" t="str">
+        <v>Braedan b</v>
+      </c>
+      <c r="I42">
+        <v>12</v>
+      </c>
+      <c r="J42">
+        <v>67</v>
+      </c>
+      <c r="L42" t="str">
+        <v>budda0</v>
+      </c>
+      <c r="M42">
+        <v>12</v>
+      </c>
+      <c r="N42">
+        <v>67</v>
+      </c>
+      <c r="O42">
+        <v>4</v>
+      </c>
+      <c r="P42">
+        <v>4</v>
+      </c>
+      <c r="Q42">
+        <v>4</v>
+      </c>
+      <c r="R42">
+        <v>3</v>
+      </c>
+      <c r="S42">
+        <v>3</v>
+      </c>
+      <c r="T42">
+        <v>4</v>
+      </c>
+      <c r="U42">
+        <v>3</v>
+      </c>
+      <c r="V42">
+        <v>3</v>
+      </c>
+      <c r="W42">
+        <v>3</v>
+      </c>
+      <c r="X42">
+        <v>5</v>
+      </c>
+      <c r="Y42">
+        <v>3</v>
+      </c>
+      <c r="Z42">
+        <v>5</v>
+      </c>
+      <c r="AA42">
+        <v>3</v>
+      </c>
+      <c r="AB42">
+        <v>4</v>
+      </c>
+      <c r="AC42">
+        <v>4</v>
+      </c>
+      <c r="AD42">
+        <v>4</v>
+      </c>
+      <c r="AE42">
+        <v>4</v>
+      </c>
+      <c r="AF42">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="str">
+        <v>T35</v>
+      </c>
+      <c r="B43">
+        <v>35</v>
+      </c>
+      <c r="C43">
+        <v>4</v>
+      </c>
+      <c r="D43">
+        <v>-23</v>
+      </c>
+      <c r="E43" t="str">
+        <v>GEN</v>
+      </c>
+      <c r="F43" t="str">
+        <v>59</v>
+      </c>
+      <c r="G43">
+        <v>59</v>
+      </c>
+      <c r="H43" t="str">
+        <v>Kory Meyers</v>
+      </c>
+      <c r="I43">
+        <v>27</v>
+      </c>
+      <c r="J43">
+        <v>82</v>
+      </c>
+      <c r="L43" t="str">
+        <v>korywashere1212</v>
+      </c>
+      <c r="M43">
+        <v>27</v>
+      </c>
+      <c r="N43">
+        <v>82</v>
+      </c>
+      <c r="O43">
+        <v>4</v>
+      </c>
+      <c r="P43">
+        <v>6</v>
+      </c>
+      <c r="Q43">
+        <v>4</v>
+      </c>
+      <c r="R43">
+        <v>4</v>
+      </c>
+      <c r="S43">
+        <v>5</v>
+      </c>
+      <c r="T43">
+        <v>6</v>
+      </c>
+      <c r="U43">
+        <v>3</v>
+      </c>
+      <c r="V43">
+        <v>5</v>
+      </c>
+      <c r="W43">
+        <v>4</v>
+      </c>
+      <c r="X43">
+        <v>7</v>
+      </c>
+      <c r="Y43">
+        <v>4</v>
+      </c>
+      <c r="Z43">
+        <v>5</v>
+      </c>
+      <c r="AA43">
+        <v>4</v>
+      </c>
+      <c r="AB43">
+        <v>4</v>
+      </c>
+      <c r="AC43">
+        <v>5</v>
+      </c>
+      <c r="AD43">
+        <v>4</v>
+      </c>
+      <c r="AE43">
+        <v>4</v>
+      </c>
+      <c r="AF43">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="str">
+        <v>T43</v>
+      </c>
+      <c r="B44">
+        <v>43</v>
+      </c>
+      <c r="C44">
+        <v>5</v>
+      </c>
+      <c r="D44">
+        <v>-2</v>
+      </c>
+      <c r="E44" t="str">
+        <v>GEN</v>
+      </c>
+      <c r="F44" t="str">
+        <v>T33</v>
+      </c>
+      <c r="G44">
+        <v>33</v>
+      </c>
+      <c r="H44" t="str">
+        <v>Chaz McGee</v>
+      </c>
+      <c r="I44">
+        <v>7</v>
+      </c>
+      <c r="J44">
+        <v>62</v>
+      </c>
+      <c r="K44">
+        <v>150232</v>
+      </c>
+      <c r="L44" t="str">
+        <v>cheezymclovin</v>
+      </c>
+      <c r="M44">
+        <v>7</v>
+      </c>
+      <c r="N44">
+        <v>62</v>
+      </c>
+      <c r="O44">
+        <v>2</v>
+      </c>
+      <c r="P44">
+        <v>3</v>
+      </c>
+      <c r="Q44">
+        <v>4</v>
+      </c>
+      <c r="R44">
+        <v>3</v>
+      </c>
+      <c r="S44">
+        <v>3</v>
+      </c>
+      <c r="T44">
+        <v>5</v>
+      </c>
+      <c r="U44">
+        <v>3</v>
+      </c>
+      <c r="V44">
+        <v>3</v>
+      </c>
+      <c r="W44">
+        <v>3</v>
+      </c>
+      <c r="X44">
+        <v>5</v>
+      </c>
+      <c r="Y44">
+        <v>4</v>
+      </c>
+      <c r="Z44">
+        <v>3</v>
+      </c>
+      <c r="AA44">
+        <v>4</v>
+      </c>
+      <c r="AB44">
+        <v>4</v>
+      </c>
+      <c r="AC44">
+        <v>4</v>
+      </c>
+      <c r="AD44">
+        <v>3</v>
+      </c>
+      <c r="AE44">
+        <v>2</v>
+      </c>
+      <c r="AF44">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="str">
+        <v>T43</v>
+      </c>
+      <c r="B45">
+        <v>43</v>
+      </c>
+      <c r="C45">
+        <v>5</v>
+      </c>
+      <c r="D45">
+        <v>-2</v>
+      </c>
+      <c r="E45" t="str">
+        <v>GEN</v>
+      </c>
+      <c r="F45" t="str">
+        <v>T33</v>
+      </c>
+      <c r="G45">
+        <v>33</v>
+      </c>
+      <c r="H45" t="str">
+        <v>kelsey nauman</v>
+      </c>
+      <c r="I45">
+        <v>7</v>
+      </c>
+      <c r="J45">
+        <v>62</v>
+      </c>
+      <c r="L45" t="str">
+        <v>kjn2434</v>
+      </c>
+      <c r="M45">
+        <v>7</v>
+      </c>
+      <c r="N45">
+        <v>62</v>
+      </c>
+      <c r="O45">
+        <v>3</v>
+      </c>
+      <c r="P45">
+        <v>5</v>
+      </c>
+      <c r="Q45">
+        <v>3</v>
+      </c>
+      <c r="R45">
+        <v>3</v>
+      </c>
+      <c r="S45">
+        <v>3</v>
+      </c>
+      <c r="T45">
+        <v>4</v>
+      </c>
+      <c r="U45">
+        <v>3</v>
+      </c>
+      <c r="V45">
+        <v>3</v>
+      </c>
+      <c r="W45">
+        <v>4</v>
+      </c>
+      <c r="X45">
+        <v>5</v>
+      </c>
+      <c r="Y45">
+        <v>4</v>
+      </c>
+      <c r="Z45">
+        <v>3</v>
+      </c>
+      <c r="AA45">
+        <v>3</v>
+      </c>
+      <c r="AB45">
+        <v>4</v>
+      </c>
+      <c r="AC45">
+        <v>3</v>
+      </c>
+      <c r="AD45">
+        <v>3</v>
+      </c>
+      <c r="AE45">
+        <v>3</v>
+      </c>
+      <c r="AF45">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="str">
+        <v>T43</v>
+      </c>
+      <c r="B46">
+        <v>43</v>
+      </c>
+      <c r="C46">
+        <v>5</v>
+      </c>
+      <c r="D46">
+        <v>-3</v>
+      </c>
+      <c r="E46" t="str">
+        <v>GEN</v>
+      </c>
+      <c r="F46" t="str">
+        <v>T37</v>
+      </c>
+      <c r="G46">
+        <v>37</v>
+      </c>
+      <c r="H46" t="str">
+        <v>Travis Leonard</v>
+      </c>
+      <c r="I46">
+        <v>8</v>
+      </c>
+      <c r="J46">
+        <v>63</v>
+      </c>
+      <c r="L46" t="str">
+        <v>traleonard</v>
+      </c>
+      <c r="M46">
+        <v>8</v>
+      </c>
+      <c r="N46">
+        <v>63</v>
+      </c>
+      <c r="O46">
+        <v>3</v>
+      </c>
+      <c r="P46">
+        <v>4</v>
+      </c>
+      <c r="Q46">
+        <v>3</v>
+      </c>
+      <c r="R46">
+        <v>3</v>
+      </c>
+      <c r="S46">
+        <v>4</v>
+      </c>
+      <c r="T46">
+        <v>4</v>
+      </c>
+      <c r="U46">
+        <v>3</v>
+      </c>
+      <c r="V46">
+        <v>4</v>
+      </c>
+      <c r="W46">
+        <v>3</v>
+      </c>
+      <c r="X46">
+        <v>4</v>
+      </c>
+      <c r="Y46">
+        <v>3</v>
+      </c>
+      <c r="Z46">
+        <v>3</v>
+      </c>
+      <c r="AA46">
+        <v>3</v>
+      </c>
+      <c r="AB46">
+        <v>3</v>
+      </c>
+      <c r="AC46">
+        <v>4</v>
+      </c>
+      <c r="AD46">
+        <v>4</v>
+      </c>
+      <c r="AE46">
+        <v>4</v>
+      </c>
+      <c r="AF46">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="str">
+        <v>T43</v>
+      </c>
+      <c r="B47">
+        <v>43</v>
+      </c>
+      <c r="C47">
+        <v>5</v>
+      </c>
+      <c r="D47">
+        <v>-8</v>
+      </c>
+      <c r="E47" t="str">
+        <v>GEN</v>
+      </c>
+      <c r="F47" t="str">
+        <v>53</v>
+      </c>
+      <c r="G47">
+        <v>53</v>
+      </c>
+      <c r="H47" t="str">
+        <v>Allen carlton</v>
+      </c>
+      <c r="I47">
+        <v>13</v>
+      </c>
+      <c r="J47">
+        <v>68</v>
+      </c>
+      <c r="L47" t="str">
+        <v>humbledubz</v>
+      </c>
+      <c r="M47">
+        <v>13</v>
+      </c>
+      <c r="N47">
+        <v>68</v>
+      </c>
+      <c r="O47">
+        <v>3</v>
+      </c>
+      <c r="P47">
+        <v>3</v>
+      </c>
+      <c r="Q47">
+        <v>2</v>
+      </c>
+      <c r="R47">
+        <v>4</v>
+      </c>
+      <c r="S47">
+        <v>3</v>
+      </c>
+      <c r="T47">
+        <v>3</v>
+      </c>
+      <c r="U47">
+        <v>3</v>
+      </c>
+      <c r="V47">
+        <v>5</v>
+      </c>
+      <c r="W47">
+        <v>4</v>
+      </c>
+      <c r="X47">
+        <v>5</v>
+      </c>
+      <c r="Y47">
+        <v>3</v>
+      </c>
+      <c r="Z47">
+        <v>5</v>
+      </c>
+      <c r="AA47">
+        <v>5</v>
+      </c>
+      <c r="AB47">
+        <v>4</v>
+      </c>
+      <c r="AC47">
+        <v>4</v>
+      </c>
+      <c r="AD47">
+        <v>4</v>
+      </c>
+      <c r="AE47">
+        <v>4</v>
+      </c>
+      <c r="AF47">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="str">
+        <v>T43</v>
+      </c>
+      <c r="B48">
+        <v>43</v>
+      </c>
+      <c r="C48">
+        <v>5</v>
+      </c>
+      <c r="D48">
+        <v>-11</v>
+      </c>
+      <c r="E48" t="str">
+        <v>GEN</v>
+      </c>
+      <c r="F48" t="str">
+        <v>T54</v>
+      </c>
+      <c r="G48">
+        <v>54</v>
+      </c>
+      <c r="H48" t="str">
         <v>Patrick J Knebel</v>
       </c>
-      <c r="I31">
+      <c r="I48">
+        <v>16</v>
+      </c>
+      <c r="J48">
+        <v>71</v>
+      </c>
+      <c r="L48" t="str">
+        <v>patrickpierced</v>
+      </c>
+      <c r="M48">
+        <v>16</v>
+      </c>
+      <c r="N48">
+        <v>71</v>
+      </c>
+      <c r="O48">
+        <v>5</v>
+      </c>
+      <c r="P48">
+        <v>4</v>
+      </c>
+      <c r="Q48">
+        <v>3</v>
+      </c>
+      <c r="R48">
+        <v>4</v>
+      </c>
+      <c r="S48">
+        <v>3</v>
+      </c>
+      <c r="T48">
+        <v>4</v>
+      </c>
+      <c r="U48">
+        <v>4</v>
+      </c>
+      <c r="V48">
+        <v>4</v>
+      </c>
+      <c r="W48">
+        <v>3</v>
+      </c>
+      <c r="X48">
+        <v>5</v>
+      </c>
+      <c r="Y48">
+        <v>2</v>
+      </c>
+      <c r="Z48">
+        <v>5</v>
+      </c>
+      <c r="AA48">
+        <v>4</v>
+      </c>
+      <c r="AB48">
+        <v>4</v>
+      </c>
+      <c r="AC48">
+        <v>4</v>
+      </c>
+      <c r="AD48">
+        <v>4</v>
+      </c>
+      <c r="AE48">
+        <v>4</v>
+      </c>
+      <c r="AF48">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="str">
+        <v>T43</v>
+      </c>
+      <c r="B49">
+        <v>43</v>
+      </c>
+      <c r="C49">
+        <v>5</v>
+      </c>
+      <c r="D49">
+        <v>-12</v>
+      </c>
+      <c r="E49" t="str">
+        <v>GEN</v>
+      </c>
+      <c r="F49" t="str">
+        <v>56</v>
+      </c>
+      <c r="G49">
+        <v>56</v>
+      </c>
+      <c r="H49" t="str">
+        <v>Matt Ahlswede</v>
+      </c>
+      <c r="I49">
+        <v>17</v>
+      </c>
+      <c r="J49">
+        <v>72</v>
+      </c>
+      <c r="L49" t="str">
+        <v>mahlswede</v>
+      </c>
+      <c r="M49">
+        <v>17</v>
+      </c>
+      <c r="N49">
+        <v>72</v>
+      </c>
+      <c r="O49">
+        <v>4</v>
+      </c>
+      <c r="P49">
+        <v>5</v>
+      </c>
+      <c r="Q49">
+        <v>4</v>
+      </c>
+      <c r="R49">
+        <v>3</v>
+      </c>
+      <c r="S49">
+        <v>3</v>
+      </c>
+      <c r="T49">
+        <v>4</v>
+      </c>
+      <c r="U49">
+        <v>3</v>
+      </c>
+      <c r="V49">
+        <v>4</v>
+      </c>
+      <c r="W49">
+        <v>4</v>
+      </c>
+      <c r="X49">
+        <v>5</v>
+      </c>
+      <c r="Y49">
+        <v>3</v>
+      </c>
+      <c r="Z49">
+        <v>5</v>
+      </c>
+      <c r="AA49">
+        <v>3</v>
+      </c>
+      <c r="AB49">
+        <v>4</v>
+      </c>
+      <c r="AC49">
+        <v>4</v>
+      </c>
+      <c r="AD49">
+        <v>6</v>
+      </c>
+      <c r="AE49">
+        <v>3</v>
+      </c>
+      <c r="AF49">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="str">
+        <v>T49</v>
+      </c>
+      <c r="B50">
+        <v>49</v>
+      </c>
+      <c r="C50">
+        <v>6</v>
+      </c>
+      <c r="D50">
+        <v>-5</v>
+      </c>
+      <c r="E50" t="str">
+        <v>GEN</v>
+      </c>
+      <c r="F50" t="str">
+        <v>T46</v>
+      </c>
+      <c r="G50">
+        <v>46</v>
+      </c>
+      <c r="H50" t="str">
+        <v>TR George</v>
+      </c>
+      <c r="I50">
+        <v>11</v>
+      </c>
+      <c r="J50">
+        <v>66</v>
+      </c>
+      <c r="K50">
+        <v>33530</v>
+      </c>
+      <c r="L50" t="str">
+        <v>trgeorge</v>
+      </c>
+      <c r="M50">
+        <v>11</v>
+      </c>
+      <c r="N50">
+        <v>66</v>
+      </c>
+      <c r="O50">
+        <v>3</v>
+      </c>
+      <c r="P50">
+        <v>3</v>
+      </c>
+      <c r="Q50">
+        <v>3</v>
+      </c>
+      <c r="R50">
+        <v>3</v>
+      </c>
+      <c r="S50">
+        <v>3</v>
+      </c>
+      <c r="T50">
+        <v>4</v>
+      </c>
+      <c r="U50">
+        <v>2</v>
+      </c>
+      <c r="V50">
+        <v>3</v>
+      </c>
+      <c r="W50">
+        <v>2</v>
+      </c>
+      <c r="X50">
+        <v>4</v>
+      </c>
+      <c r="Y50">
+        <v>3</v>
+      </c>
+      <c r="Z50">
+        <v>4</v>
+      </c>
+      <c r="AA50">
+        <v>3</v>
+      </c>
+      <c r="AB50">
+        <v>5</v>
+      </c>
+      <c r="AC50">
+        <v>3</v>
+      </c>
+      <c r="AD50">
+        <v>7</v>
+      </c>
+      <c r="AE50">
+        <v>6</v>
+      </c>
+      <c r="AF50">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="str">
+        <v>T49</v>
+      </c>
+      <c r="B51">
+        <v>49</v>
+      </c>
+      <c r="C51">
+        <v>6</v>
+      </c>
+      <c r="D51">
+        <v>-6</v>
+      </c>
+      <c r="E51" t="str">
+        <v>GEN</v>
+      </c>
+      <c r="F51" t="str">
+        <v>T50</v>
+      </c>
+      <c r="G51">
+        <v>50</v>
+      </c>
+      <c r="H51" t="str">
+        <v>Willy G</v>
+      </c>
+      <c r="I51">
+        <v>12</v>
+      </c>
+      <c r="J51">
+        <v>67</v>
+      </c>
+      <c r="L51" t="str">
+        <v>madwillysg</v>
+      </c>
+      <c r="M51">
+        <v>12</v>
+      </c>
+      <c r="N51">
+        <v>67</v>
+      </c>
+      <c r="O51">
+        <v>3</v>
+      </c>
+      <c r="P51">
+        <v>4</v>
+      </c>
+      <c r="Q51">
+        <v>4</v>
+      </c>
+      <c r="R51">
+        <v>3</v>
+      </c>
+      <c r="S51">
+        <v>4</v>
+      </c>
+      <c r="T51">
+        <v>4</v>
+      </c>
+      <c r="U51">
+        <v>3</v>
+      </c>
+      <c r="V51">
+        <v>3</v>
+      </c>
+      <c r="W51">
+        <v>4</v>
+      </c>
+      <c r="X51">
+        <v>4</v>
+      </c>
+      <c r="Y51">
+        <v>3</v>
+      </c>
+      <c r="Z51">
+        <v>4</v>
+      </c>
+      <c r="AA51">
+        <v>4</v>
+      </c>
+      <c r="AB51">
+        <v>3</v>
+      </c>
+      <c r="AC51">
+        <v>3</v>
+      </c>
+      <c r="AD51">
+        <v>8</v>
+      </c>
+      <c r="AE51">
+        <v>3</v>
+      </c>
+      <c r="AF51">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="str">
+        <v>T51</v>
+      </c>
+      <c r="B52">
+        <v>51</v>
+      </c>
+      <c r="C52">
+        <v>7</v>
+      </c>
+      <c r="D52">
+        <v>-3</v>
+      </c>
+      <c r="E52" t="str">
+        <v>GEN</v>
+      </c>
+      <c r="F52" t="str">
+        <v>T42</v>
+      </c>
+      <c r="G52">
+        <v>42</v>
+      </c>
+      <c r="H52" t="str">
+        <v>Neel Kumar</v>
+      </c>
+      <c r="I52">
+        <v>10</v>
+      </c>
+      <c r="J52">
+        <v>65</v>
+      </c>
+      <c r="K52">
+        <v>257957</v>
+      </c>
+      <c r="L52" t="str">
+        <v>gkumar</v>
+      </c>
+      <c r="M52">
+        <v>10</v>
+      </c>
+      <c r="N52">
+        <v>65</v>
+      </c>
+      <c r="O52">
+        <v>3</v>
+      </c>
+      <c r="P52">
+        <v>5</v>
+      </c>
+      <c r="Q52">
+        <v>3</v>
+      </c>
+      <c r="R52">
+        <v>3</v>
+      </c>
+      <c r="S52">
+        <v>3</v>
+      </c>
+      <c r="T52">
+        <v>4</v>
+      </c>
+      <c r="U52">
+        <v>3</v>
+      </c>
+      <c r="V52">
+        <v>4</v>
+      </c>
+      <c r="W52">
+        <v>3</v>
+      </c>
+      <c r="X52">
+        <v>5</v>
+      </c>
+      <c r="Y52">
+        <v>3</v>
+      </c>
+      <c r="Z52">
+        <v>3</v>
+      </c>
+      <c r="AA52">
+        <v>3</v>
+      </c>
+      <c r="AB52">
+        <v>5</v>
+      </c>
+      <c r="AC52">
+        <v>4</v>
+      </c>
+      <c r="AD52">
+        <v>4</v>
+      </c>
+      <c r="AE52">
+        <v>3</v>
+      </c>
+      <c r="AF52">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="str">
+        <v>T51</v>
+      </c>
+      <c r="B53">
+        <v>51</v>
+      </c>
+      <c r="C53">
+        <v>7</v>
+      </c>
+      <c r="D53">
+        <v>-3</v>
+      </c>
+      <c r="E53" t="str">
+        <v>GEN</v>
+      </c>
+      <c r="F53" t="str">
+        <v>T42</v>
+      </c>
+      <c r="G53">
+        <v>42</v>
+      </c>
+      <c r="H53" t="str">
+        <v>Jeremy Leathers</v>
+      </c>
+      <c r="I53">
+        <v>10</v>
+      </c>
+      <c r="J53">
+        <v>65</v>
+      </c>
+      <c r="L53" t="str">
+        <v>jleathers9230</v>
+      </c>
+      <c r="M53">
+        <v>10</v>
+      </c>
+      <c r="N53">
+        <v>65</v>
+      </c>
+      <c r="O53">
+        <v>3</v>
+      </c>
+      <c r="P53">
+        <v>4</v>
+      </c>
+      <c r="Q53">
+        <v>3</v>
+      </c>
+      <c r="R53">
+        <v>3</v>
+      </c>
+      <c r="S53">
+        <v>4</v>
+      </c>
+      <c r="T53">
+        <v>3</v>
+      </c>
+      <c r="U53">
+        <v>3</v>
+      </c>
+      <c r="V53">
+        <v>4</v>
+      </c>
+      <c r="W53">
+        <v>4</v>
+      </c>
+      <c r="X53">
+        <v>6</v>
+      </c>
+      <c r="Y53">
+        <v>3</v>
+      </c>
+      <c r="Z53">
+        <v>3</v>
+      </c>
+      <c r="AA53">
+        <v>3</v>
+      </c>
+      <c r="AB53">
+        <v>4</v>
+      </c>
+      <c r="AC53">
+        <v>4</v>
+      </c>
+      <c r="AD53">
+        <v>4</v>
+      </c>
+      <c r="AE53">
+        <v>4</v>
+      </c>
+      <c r="AF53">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="str">
+        <v>T51</v>
+      </c>
+      <c r="B54">
+        <v>51</v>
+      </c>
+      <c r="C54">
+        <v>7</v>
+      </c>
+      <c r="D54">
+        <v>-4</v>
+      </c>
+      <c r="E54" t="str">
+        <v>GEN</v>
+      </c>
+      <c r="F54" t="str">
+        <v>T46</v>
+      </c>
+      <c r="G54">
+        <v>46</v>
+      </c>
+      <c r="H54" t="str">
+        <v>Jake Medearis</v>
+      </c>
+      <c r="I54">
+        <v>11</v>
+      </c>
+      <c r="J54">
+        <v>66</v>
+      </c>
+      <c r="K54">
+        <v>260527</v>
+      </c>
+      <c r="L54" t="str">
+        <v>bubba85</v>
+      </c>
+      <c r="M54">
+        <v>11</v>
+      </c>
+      <c r="N54">
+        <v>66</v>
+      </c>
+      <c r="O54">
+        <v>4</v>
+      </c>
+      <c r="P54">
+        <v>4</v>
+      </c>
+      <c r="Q54">
+        <v>4</v>
+      </c>
+      <c r="R54">
+        <v>3</v>
+      </c>
+      <c r="S54">
+        <v>4</v>
+      </c>
+      <c r="T54">
+        <v>5</v>
+      </c>
+      <c r="U54">
+        <v>3</v>
+      </c>
+      <c r="V54">
+        <v>3</v>
+      </c>
+      <c r="W54">
+        <v>3</v>
+      </c>
+      <c r="X54">
+        <v>5</v>
+      </c>
+      <c r="Y54">
+        <v>3</v>
+      </c>
+      <c r="Z54">
+        <v>4</v>
+      </c>
+      <c r="AA54">
+        <v>3</v>
+      </c>
+      <c r="AB54">
+        <v>4</v>
+      </c>
+      <c r="AC54">
+        <v>4</v>
+      </c>
+      <c r="AD54">
+        <v>4</v>
+      </c>
+      <c r="AE54">
+        <v>3</v>
+      </c>
+      <c r="AF54">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="str">
+        <v>T54</v>
+      </c>
+      <c r="B55">
+        <v>54</v>
+      </c>
+      <c r="C55">
+        <v>8</v>
+      </c>
+      <c r="D55">
+        <v>3</v>
+      </c>
+      <c r="E55" t="str">
+        <v>GEN</v>
+      </c>
+      <c r="F55" t="str">
+        <v>T25</v>
+      </c>
+      <c r="G55">
+        <v>25</v>
+      </c>
+      <c r="H55" t="str">
+        <v>Jason Sachs</v>
+      </c>
+      <c r="I55">
+        <v>5</v>
+      </c>
+      <c r="J55">
+        <v>60</v>
+      </c>
+      <c r="L55" t="str">
+        <v>jasons51</v>
+      </c>
+      <c r="M55">
+        <v>5</v>
+      </c>
+      <c r="N55">
+        <v>60</v>
+      </c>
+      <c r="O55">
+        <v>2</v>
+      </c>
+      <c r="P55">
+        <v>3</v>
+      </c>
+      <c r="Q55">
+        <v>3</v>
+      </c>
+      <c r="R55">
+        <v>3</v>
+      </c>
+      <c r="S55">
+        <v>4</v>
+      </c>
+      <c r="T55">
+        <v>4</v>
+      </c>
+      <c r="U55">
+        <v>3</v>
+      </c>
+      <c r="V55">
+        <v>3</v>
+      </c>
+      <c r="W55">
+        <v>3</v>
+      </c>
+      <c r="X55">
+        <v>3</v>
+      </c>
+      <c r="Y55">
+        <v>2</v>
+      </c>
+      <c r="Z55">
+        <v>4</v>
+      </c>
+      <c r="AA55">
+        <v>3</v>
+      </c>
+      <c r="AB55">
+        <v>4</v>
+      </c>
+      <c r="AC55">
+        <v>3</v>
+      </c>
+      <c r="AD55">
+        <v>5</v>
+      </c>
+      <c r="AE55">
+        <v>4</v>
+      </c>
+      <c r="AF55">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="str">
+        <v>T54</v>
+      </c>
+      <c r="B56">
+        <v>54</v>
+      </c>
+      <c r="C56">
+        <v>8</v>
+      </c>
+      <c r="D56">
+        <v>-4</v>
+      </c>
+      <c r="E56" t="str">
+        <v>GEN</v>
+      </c>
+      <c r="F56" t="str">
+        <v>T50</v>
+      </c>
+      <c r="G56">
+        <v>50</v>
+      </c>
+      <c r="H56" t="str">
+        <v>Cory kazynski</v>
+      </c>
+      <c r="I56">
+        <v>12</v>
+      </c>
+      <c r="J56">
+        <v>67</v>
+      </c>
+      <c r="L56" t="str">
+        <v>corykaz</v>
+      </c>
+      <c r="M56">
+        <v>12</v>
+      </c>
+      <c r="N56">
+        <v>67</v>
+      </c>
+      <c r="O56">
+        <v>3</v>
+      </c>
+      <c r="P56">
+        <v>3</v>
+      </c>
+      <c r="Q56">
+        <v>3</v>
+      </c>
+      <c r="R56">
+        <v>4</v>
+      </c>
+      <c r="S56">
+        <v>4</v>
+      </c>
+      <c r="T56">
+        <v>4</v>
+      </c>
+      <c r="U56">
+        <v>2</v>
+      </c>
+      <c r="V56">
+        <v>4</v>
+      </c>
+      <c r="W56">
+        <v>5</v>
+      </c>
+      <c r="X56">
+        <v>5</v>
+      </c>
+      <c r="Y56">
+        <v>4</v>
+      </c>
+      <c r="Z56">
+        <v>5</v>
+      </c>
+      <c r="AA56">
+        <v>3</v>
+      </c>
+      <c r="AB56">
+        <v>4</v>
+      </c>
+      <c r="AC56">
+        <v>4</v>
+      </c>
+      <c r="AD56">
+        <v>3</v>
+      </c>
+      <c r="AE56">
+        <v>4</v>
+      </c>
+      <c r="AF56">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="str">
+        <v>T54</v>
+      </c>
+      <c r="B57">
+        <v>54</v>
+      </c>
+      <c r="C57">
+        <v>8</v>
+      </c>
+      <c r="D57">
+        <v>-8</v>
+      </c>
+      <c r="E57" t="str">
+        <v>GEN</v>
+      </c>
+      <c r="F57" t="str">
+        <v>T54</v>
+      </c>
+      <c r="G57">
+        <v>54</v>
+      </c>
+      <c r="H57" t="str">
+        <v>Mitchell lynch</v>
+      </c>
+      <c r="I57">
+        <v>16</v>
+      </c>
+      <c r="J57">
+        <v>71</v>
+      </c>
+      <c r="L57" t="str">
+        <v>buzzclown2468</v>
+      </c>
+      <c r="M57">
+        <v>16</v>
+      </c>
+      <c r="N57">
+        <v>71</v>
+      </c>
+      <c r="O57">
+        <v>3</v>
+      </c>
+      <c r="P57">
+        <v>3</v>
+      </c>
+      <c r="Q57">
+        <v>3</v>
+      </c>
+      <c r="R57">
+        <v>3</v>
+      </c>
+      <c r="S57">
+        <v>3</v>
+      </c>
+      <c r="T57">
+        <v>4</v>
+      </c>
+      <c r="U57">
+        <v>4</v>
+      </c>
+      <c r="V57">
+        <v>7</v>
+      </c>
+      <c r="W57">
+        <v>3</v>
+      </c>
+      <c r="X57">
+        <v>5</v>
+      </c>
+      <c r="Y57">
+        <v>4</v>
+      </c>
+      <c r="Z57">
+        <v>3</v>
+      </c>
+      <c r="AA57">
+        <v>6</v>
+      </c>
+      <c r="AB57">
+        <v>4</v>
+      </c>
+      <c r="AC57">
+        <v>4</v>
+      </c>
+      <c r="AD57">
+        <v>5</v>
+      </c>
+      <c r="AE57">
+        <v>4</v>
+      </c>
+      <c r="AF57">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="str">
+        <v>T57</v>
+      </c>
+      <c r="B58">
+        <v>57</v>
+      </c>
+      <c r="C58">
+        <v>10</v>
+      </c>
+      <c r="D58">
+        <v>1</v>
+      </c>
+      <c r="E58" t="str">
+        <v>GEN</v>
+      </c>
+      <c r="F58" t="str">
+        <v>T39</v>
+      </c>
+      <c r="G58">
+        <v>39</v>
+      </c>
+      <c r="H58" t="str">
+        <v>Kelsey Lyn Halverson</v>
+      </c>
+      <c r="I58">
+        <v>9</v>
+      </c>
+      <c r="J58">
+        <v>64</v>
+      </c>
+      <c r="K58">
+        <v>122888</v>
+      </c>
+      <c r="L58" t="str">
+        <v>kelseyhalverson</v>
+      </c>
+      <c r="M58">
+        <v>9</v>
+      </c>
+      <c r="N58">
+        <v>64</v>
+      </c>
+      <c r="O58">
+        <v>4</v>
+      </c>
+      <c r="P58">
+        <v>4</v>
+      </c>
+      <c r="Q58">
+        <v>3</v>
+      </c>
+      <c r="R58">
+        <v>4</v>
+      </c>
+      <c r="S58">
+        <v>4</v>
+      </c>
+      <c r="T58">
+        <v>3</v>
+      </c>
+      <c r="U58">
+        <v>3</v>
+      </c>
+      <c r="V58">
+        <v>4</v>
+      </c>
+      <c r="W58">
+        <v>4</v>
+      </c>
+      <c r="X58">
+        <v>4</v>
+      </c>
+      <c r="Y58">
+        <v>3</v>
+      </c>
+      <c r="Z58">
+        <v>4</v>
+      </c>
+      <c r="AA58">
+        <v>3</v>
+      </c>
+      <c r="AB58">
+        <v>4</v>
+      </c>
+      <c r="AC58">
+        <v>3</v>
+      </c>
+      <c r="AD58">
+        <v>4</v>
+      </c>
+      <c r="AE58">
+        <v>3</v>
+      </c>
+      <c r="AF58">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="str">
+        <v>T57</v>
+      </c>
+      <c r="B59">
+        <v>57</v>
+      </c>
+      <c r="C59">
+        <v>10</v>
+      </c>
+      <c r="D59">
         <v>0</v>
       </c>
-      <c r="J31">
-[...9 lines deleted...]
-        <v>0</v>
+      <c r="E59" t="str">
+        <v>GEN</v>
+      </c>
+      <c r="F59" t="str">
+        <v>T42</v>
+      </c>
+      <c r="G59">
+        <v>42</v>
+      </c>
+      <c r="H59" t="str">
+        <v>Joe Skubal</v>
+      </c>
+      <c r="I59">
+        <v>10</v>
+      </c>
+      <c r="J59">
+        <v>65</v>
+      </c>
+      <c r="K59">
+        <v>255516</v>
+      </c>
+      <c r="L59" t="str">
+        <v>jwtskuby</v>
+      </c>
+      <c r="M59">
+        <v>10</v>
+      </c>
+      <c r="N59">
+        <v>65</v>
+      </c>
+      <c r="O59">
+        <v>3</v>
+      </c>
+      <c r="P59">
+        <v>4</v>
+      </c>
+      <c r="Q59">
+        <v>3</v>
+      </c>
+      <c r="R59">
+        <v>3</v>
+      </c>
+      <c r="S59">
+        <v>3</v>
+      </c>
+      <c r="T59">
+        <v>4</v>
+      </c>
+      <c r="U59">
+        <v>3</v>
+      </c>
+      <c r="V59">
+        <v>3</v>
+      </c>
+      <c r="W59">
+        <v>3</v>
+      </c>
+      <c r="X59">
+        <v>8</v>
+      </c>
+      <c r="Y59">
+        <v>3</v>
+      </c>
+      <c r="Z59">
+        <v>5</v>
+      </c>
+      <c r="AA59">
+        <v>4</v>
+      </c>
+      <c r="AB59">
+        <v>3</v>
+      </c>
+      <c r="AC59">
+        <v>3</v>
+      </c>
+      <c r="AD59">
+        <v>4</v>
+      </c>
+      <c r="AE59">
+        <v>2</v>
+      </c>
+      <c r="AF59">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60">
+        <v>59</v>
+      </c>
+      <c r="B60">
+        <v>59</v>
+      </c>
+      <c r="C60">
+        <v>13</v>
+      </c>
+      <c r="D60">
+        <v>-11</v>
+      </c>
+      <c r="E60" t="str">
+        <v>GEN</v>
+      </c>
+      <c r="F60" t="str">
+        <v>58</v>
+      </c>
+      <c r="G60">
+        <v>58</v>
+      </c>
+      <c r="H60" t="str">
+        <v>Andrew Wallace</v>
+      </c>
+      <c r="I60">
+        <v>24</v>
+      </c>
+      <c r="J60">
+        <v>79</v>
+      </c>
+      <c r="L60" t="str">
+        <v>androidwallace</v>
+      </c>
+      <c r="M60">
+        <v>24</v>
+      </c>
+      <c r="N60">
+        <v>79</v>
+      </c>
+      <c r="O60">
+        <v>4</v>
+      </c>
+      <c r="P60">
+        <v>4</v>
+      </c>
+      <c r="Q60">
+        <v>4</v>
+      </c>
+      <c r="R60">
+        <v>5</v>
+      </c>
+      <c r="S60">
+        <v>4</v>
+      </c>
+      <c r="T60">
+        <v>5</v>
+      </c>
+      <c r="U60">
+        <v>3</v>
+      </c>
+      <c r="V60">
+        <v>4</v>
+      </c>
+      <c r="W60">
+        <v>5</v>
+      </c>
+      <c r="X60">
+        <v>5</v>
+      </c>
+      <c r="Y60">
+        <v>5</v>
+      </c>
+      <c r="Z60">
+        <v>5</v>
+      </c>
+      <c r="AA60">
+        <v>4</v>
+      </c>
+      <c r="AB60">
+        <v>5</v>
+      </c>
+      <c r="AC60">
+        <v>5</v>
+      </c>
+      <c r="AD60">
+        <v>4</v>
+      </c>
+      <c r="AE60">
+        <v>4</v>
+      </c>
+      <c r="AF60">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="E61" t="str">
+        <v>GEN</v>
+      </c>
+      <c r="F61" t="str">
+        <v>T6</v>
+      </c>
+      <c r="G61">
+        <v>6</v>
+      </c>
+      <c r="H61" t="str">
+        <v>Tim Banning</v>
+      </c>
+      <c r="I61">
+        <v>-2</v>
+      </c>
+      <c r="J61">
+        <v>53</v>
+      </c>
+      <c r="K61">
+        <v>146666</v>
+      </c>
+      <c r="L61" t="str">
+        <v>tbanning</v>
+      </c>
+      <c r="M61">
+        <v>-2</v>
+      </c>
+      <c r="N61">
+        <v>53</v>
+      </c>
+      <c r="O61">
+        <v>3</v>
+      </c>
+      <c r="P61">
+        <v>3</v>
+      </c>
+      <c r="Q61">
+        <v>3</v>
+      </c>
+      <c r="R61">
+        <v>3</v>
+      </c>
+      <c r="S61">
+        <v>3</v>
+      </c>
+      <c r="T61">
+        <v>3</v>
+      </c>
+      <c r="U61">
+        <v>2</v>
+      </c>
+      <c r="V61">
+        <v>3</v>
+      </c>
+      <c r="W61">
+        <v>2</v>
+      </c>
+      <c r="X61">
+        <v>4</v>
+      </c>
+      <c r="Y61">
+        <v>3</v>
+      </c>
+      <c r="Z61">
+        <v>3</v>
+      </c>
+      <c r="AA61">
+        <v>3</v>
+      </c>
+      <c r="AB61">
+        <v>3</v>
+      </c>
+      <c r="AC61">
+        <v>3</v>
+      </c>
+      <c r="AD61">
+        <v>3</v>
+      </c>
+      <c r="AE61">
+        <v>3</v>
+      </c>
+      <c r="AF61">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="C62">
+        <v>3</v>
+      </c>
+      <c r="D62">
+        <v>-2</v>
+      </c>
+      <c r="E62" t="str">
+        <v>GEN</v>
+      </c>
+      <c r="F62" t="str">
+        <v>DNF</v>
+      </c>
+      <c r="H62" t="str">
+        <v>John Micheals</v>
+      </c>
+      <c r="I62">
+        <v>5</v>
+      </c>
+      <c r="J62">
+        <v>39</v>
+      </c>
+      <c r="L62" t="str">
+        <v>johnmicheals95</v>
+      </c>
+      <c r="M62">
+        <v>5</v>
+      </c>
+      <c r="N62">
+        <v>39</v>
+      </c>
+      <c r="O62">
+        <v>3</v>
+      </c>
+      <c r="P62">
+        <v>4</v>
+      </c>
+      <c r="Q62">
+        <v>3</v>
+      </c>
+      <c r="R62">
+        <v>4</v>
+      </c>
+      <c r="S62">
+        <v>3</v>
+      </c>
+      <c r="T62">
+        <v>3</v>
+      </c>
+      <c r="U62">
+        <v>3</v>
+      </c>
+      <c r="V62">
+        <v>3</v>
+      </c>
+      <c r="W62">
+        <v>3</v>
+      </c>
+      <c r="X62">
+        <v>5</v>
+      </c>
+      <c r="Y62">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="C63">
+        <v>-4</v>
+      </c>
+      <c r="D63">
+        <v>-14</v>
+      </c>
+      <c r="E63" t="str">
+        <v>GEN</v>
+      </c>
+      <c r="F63" t="str">
+        <v>DNF</v>
+      </c>
+      <c r="H63" t="str">
+        <v>Katelyn</v>
+      </c>
+      <c r="I63">
+        <v>10</v>
+      </c>
+      <c r="J63">
+        <v>44</v>
+      </c>
+      <c r="L63" t="str">
+        <v>katelynmicheals</v>
+      </c>
+      <c r="M63">
+        <v>10</v>
+      </c>
+      <c r="N63">
+        <v>44</v>
+      </c>
+      <c r="O63">
+        <v>3</v>
+      </c>
+      <c r="P63">
+        <v>5</v>
+      </c>
+      <c r="Q63">
+        <v>4</v>
+      </c>
+      <c r="R63">
+        <v>4</v>
+      </c>
+      <c r="S63">
+        <v>4</v>
+      </c>
+      <c r="T63">
+        <v>4</v>
+      </c>
+      <c r="U63">
+        <v>3</v>
+      </c>
+      <c r="V63">
+        <v>4</v>
+      </c>
+      <c r="W63">
+        <v>4</v>
+      </c>
+      <c r="X63">
+        <v>5</v>
+      </c>
+      <c r="Y63">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="C64">
+        <v>-7</v>
+      </c>
+      <c r="D64">
+        <v>-19</v>
+      </c>
+      <c r="E64" t="str">
+        <v>GEN</v>
+      </c>
+      <c r="F64" t="str">
+        <v>DNF</v>
+      </c>
+      <c r="H64" t="str">
+        <v>Jake gullick</v>
+      </c>
+      <c r="I64">
+        <v>12</v>
+      </c>
+      <c r="J64">
+        <v>58</v>
+      </c>
+      <c r="L64" t="str">
+        <v>jakegullick</v>
+      </c>
+      <c r="M64">
+        <v>12</v>
+      </c>
+      <c r="N64">
+        <v>58</v>
+      </c>
+      <c r="O64">
+        <v>4</v>
+      </c>
+      <c r="P64">
+        <v>4</v>
+      </c>
+      <c r="Q64">
+        <v>3</v>
+      </c>
+      <c r="R64">
+        <v>4</v>
+      </c>
+      <c r="S64">
+        <v>3</v>
+      </c>
+      <c r="T64">
+        <v>4</v>
+      </c>
+      <c r="U64">
+        <v>4</v>
+      </c>
+      <c r="V64">
+        <v>3</v>
+      </c>
+      <c r="W64">
+        <v>4</v>
+      </c>
+      <c r="X64">
+        <v>4</v>
+      </c>
+      <c r="Y64">
+        <v>4</v>
+      </c>
+      <c r="Z64">
+        <v>5</v>
+      </c>
+      <c r="AA64">
+        <v>3</v>
+      </c>
+      <c r="AB64">
+        <v>5</v>
+      </c>
+      <c r="AC64">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="C65">
+        <v>4</v>
+      </c>
+      <c r="D65">
+        <v>1</v>
+      </c>
+      <c r="E65" t="str">
+        <v>GEN</v>
+      </c>
+      <c r="F65" t="str">
+        <v>DNF</v>
+      </c>
+      <c r="H65" t="str">
+        <v>Ari Davidson</v>
+      </c>
+      <c r="I65">
+        <v>3</v>
+      </c>
+      <c r="J65">
+        <v>52</v>
+      </c>
+      <c r="K65">
+        <v>108258</v>
+      </c>
+      <c r="L65" t="str">
+        <v>atarimastaflash</v>
+      </c>
+      <c r="M65">
+        <v>3</v>
+      </c>
+      <c r="N65">
+        <v>52</v>
+      </c>
+      <c r="O65">
+        <v>3</v>
+      </c>
+      <c r="P65">
+        <v>3</v>
+      </c>
+      <c r="Q65">
+        <v>4</v>
+      </c>
+      <c r="R65">
+        <v>3</v>
+      </c>
+      <c r="S65">
+        <v>3</v>
+      </c>
+      <c r="T65">
+        <v>3</v>
+      </c>
+      <c r="U65">
+        <v>3</v>
+      </c>
+      <c r="V65">
+        <v>3</v>
+      </c>
+      <c r="W65">
+        <v>3</v>
+      </c>
+      <c r="X65">
+        <v>5</v>
+      </c>
+      <c r="Y65">
+        <v>4</v>
+      </c>
+      <c r="Z65">
+        <v>3</v>
+      </c>
+      <c r="AA65">
+        <v>3</v>
+      </c>
+      <c r="AB65">
+        <v>3</v>
+      </c>
+      <c r="AC65">
+        <v>3</v>
+      </c>
+      <c r="AD65">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="C66">
+        <v>-1</v>
+      </c>
+      <c r="D66">
+        <v>-6</v>
+      </c>
+      <c r="E66" t="str">
+        <v>GEN</v>
+      </c>
+      <c r="F66" t="str">
+        <v>DNF</v>
+      </c>
+      <c r="H66" t="str">
+        <v>Peter Goitom</v>
+      </c>
+      <c r="I66">
+        <v>5</v>
+      </c>
+      <c r="J66">
+        <v>54</v>
+      </c>
+      <c r="L66" t="str">
+        <v>pgoitom</v>
+      </c>
+      <c r="M66">
+        <v>5</v>
+      </c>
+      <c r="N66">
+        <v>54</v>
+      </c>
+      <c r="O66">
+        <v>2</v>
+      </c>
+      <c r="P66">
+        <v>4</v>
+      </c>
+      <c r="Q66">
+        <v>3</v>
+      </c>
+      <c r="R66">
+        <v>4</v>
+      </c>
+      <c r="S66">
+        <v>4</v>
+      </c>
+      <c r="T66">
+        <v>4</v>
+      </c>
+      <c r="U66">
+        <v>3</v>
+      </c>
+      <c r="V66">
+        <v>3</v>
+      </c>
+      <c r="W66">
+        <v>3</v>
+      </c>
+      <c r="X66">
+        <v>5</v>
+      </c>
+      <c r="Y66">
+        <v>3</v>
+      </c>
+      <c r="Z66">
+        <v>3</v>
+      </c>
+      <c r="AA66">
+        <v>3</v>
+      </c>
+      <c r="AB66">
+        <v>3</v>
+      </c>
+      <c r="AC66">
+        <v>3</v>
+      </c>
+      <c r="AD66">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="C67">
+        <v>3</v>
+      </c>
+      <c r="D67">
+        <v>-3</v>
+      </c>
+      <c r="E67" t="str">
+        <v>GEN</v>
+      </c>
+      <c r="F67" t="str">
+        <v>DNF</v>
+      </c>
+      <c r="H67" t="str">
+        <v xml:space="preserve">Austin hegstrom </v>
+      </c>
+      <c r="I67">
+        <v>6</v>
+      </c>
+      <c r="J67">
+        <v>58</v>
+      </c>
+      <c r="L67" t="str">
+        <v>robot12</v>
+      </c>
+      <c r="M67">
+        <v>6</v>
+      </c>
+      <c r="N67">
+        <v>58</v>
+      </c>
+      <c r="O67">
+        <v>4</v>
+      </c>
+      <c r="P67">
+        <v>4</v>
+      </c>
+      <c r="Q67">
+        <v>3</v>
+      </c>
+      <c r="R67">
+        <v>3</v>
+      </c>
+      <c r="S67">
+        <v>3</v>
+      </c>
+      <c r="T67">
+        <v>4</v>
+      </c>
+      <c r="U67">
+        <v>3</v>
+      </c>
+      <c r="V67">
+        <v>3</v>
+      </c>
+      <c r="W67">
+        <v>3</v>
+      </c>
+      <c r="X67">
+        <v>6</v>
+      </c>
+      <c r="Y67">
+        <v>4</v>
+      </c>
+      <c r="Z67">
+        <v>3</v>
+      </c>
+      <c r="AA67">
+        <v>3</v>
+      </c>
+      <c r="AB67">
+        <v>3</v>
+      </c>
+      <c r="AC67">
+        <v>3</v>
+      </c>
+      <c r="AD67">
+        <v>3</v>
+      </c>
+      <c r="AE67">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="C68">
+        <v>-5</v>
+      </c>
+      <c r="D68">
+        <v>-9</v>
+      </c>
+      <c r="E68" t="str">
+        <v>GEN</v>
+      </c>
+      <c r="F68" t="str">
+        <v>DNF</v>
+      </c>
+      <c r="H68" t="str">
+        <v>Kyle Gill</v>
+      </c>
+      <c r="I68">
+        <v>4</v>
+      </c>
+      <c r="J68">
+        <v>56</v>
+      </c>
+      <c r="L68" t="str">
+        <v>gilledit</v>
+      </c>
+      <c r="M68">
+        <v>4</v>
+      </c>
+      <c r="N68">
+        <v>56</v>
+      </c>
+      <c r="O68">
+        <v>2</v>
+      </c>
+      <c r="P68">
+        <v>3</v>
+      </c>
+      <c r="Q68">
+        <v>2</v>
+      </c>
+      <c r="R68">
+        <v>4</v>
+      </c>
+      <c r="S68">
+        <v>3</v>
+      </c>
+      <c r="T68">
+        <v>3</v>
+      </c>
+      <c r="U68">
+        <v>4</v>
+      </c>
+      <c r="V68">
+        <v>3</v>
+      </c>
+      <c r="W68">
+        <v>3</v>
+      </c>
+      <c r="X68">
+        <v>4</v>
+      </c>
+      <c r="Y68">
+        <v>3</v>
+      </c>
+      <c r="Z68">
+        <v>4</v>
+      </c>
+      <c r="AA68">
+        <v>5</v>
+      </c>
+      <c r="AB68">
+        <v>3</v>
+      </c>
+      <c r="AC68">
+        <v>2</v>
+      </c>
+      <c r="AD68">
+        <v>5</v>
+      </c>
+      <c r="AE68">
+        <v>3</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
-    <ignoredError numberStoredAsText="1" sqref="A1:AF31"/>
+    <ignoredError numberStoredAsText="1" sqref="A1:AG68"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
 </Properties>
 </file>
 