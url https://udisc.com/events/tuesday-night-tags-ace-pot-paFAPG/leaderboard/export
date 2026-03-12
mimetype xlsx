--- v0 (2026-02-11)
+++ v1 (2026-03-12)
@@ -545,66 +545,72 @@
       </c>
       <c r="Z1" t="str">
         <v>hole_16</v>
       </c>
       <c r="AA1" t="str">
         <v>hole_17</v>
       </c>
       <c r="AB1" t="str">
         <v>hole_18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>001</v>
       </c>
       <c r="B2" t="str">
         <v>1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
         <v>Yashua xiong</v>
       </c>
       <c r="E2">
-        <v>-10</v>
+        <v>-12</v>
       </c>
       <c r="F2">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="G2">
         <v>255044</v>
       </c>
       <c r="H2" t="str">
         <v>yxyoshiyx</v>
       </c>
       <c r="I2">
-        <v>-10</v>
+        <v>-12</v>
       </c>
       <c r="J2">
-        <v>38</v>
+        <v>42</v>
+      </c>
+      <c r="K2">
+        <v>2</v>
+      </c>
+      <c r="L2">
+        <v>2</v>
       </c>
       <c r="M2">
         <v>3</v>
       </c>
       <c r="N2">
         <v>2</v>
       </c>
       <c r="O2">
         <v>2</v>
       </c>
       <c r="P2">
         <v>2</v>
       </c>
       <c r="Q2">
         <v>3</v>
       </c>
       <c r="R2">
         <v>2</v>
       </c>
       <c r="S2">
         <v>2</v>
       </c>
       <c r="T2">
         <v>2</v>
       </c>
@@ -616,409 +622,505 @@
       </c>
       <c r="W2">
         <v>3</v>
       </c>
       <c r="X2">
         <v>2</v>
       </c>
       <c r="Y2">
         <v>2</v>
       </c>
       <c r="Z2">
         <v>3</v>
       </c>
       <c r="AA2">
         <v>2</v>
       </c>
       <c r="AB2">
         <v>2</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>001</v>
       </c>
       <c r="B3" t="str">
-        <v>T2</v>
+        <v>2</v>
       </c>
       <c r="C3">
         <v>2</v>
       </c>
       <c r="D3" t="str">
-        <v>Tim Denna</v>
+        <v>Ross Sauceda</v>
       </c>
       <c r="E3">
-        <v>-7</v>
+        <v>-8</v>
       </c>
       <c r="F3">
-        <v>26</v>
+        <v>46</v>
       </c>
       <c r="G3">
-        <v>65766</v>
+        <v>89213</v>
       </c>
       <c r="H3" t="str">
-        <v>tdenna</v>
+        <v>rsauceda831</v>
       </c>
       <c r="I3">
-        <v>-7</v>
+        <v>-8</v>
       </c>
       <c r="J3">
-        <v>26</v>
+        <v>46</v>
       </c>
       <c r="K3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M3">
         <v>2</v>
       </c>
       <c r="N3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P3">
         <v>3</v>
       </c>
       <c r="Q3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R3">
         <v>2</v>
       </c>
       <c r="S3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T3">
         <v>2</v>
       </c>
       <c r="U3">
-        <v>3</v>
+        <v>2</v>
+      </c>
+      <c r="V3">
+        <v>2</v>
+      </c>
+      <c r="W3">
+        <v>3</v>
+      </c>
+      <c r="X3">
+        <v>4</v>
+      </c>
+      <c r="Y3">
+        <v>3</v>
+      </c>
+      <c r="Z3">
+        <v>3</v>
+      </c>
+      <c r="AA3">
+        <v>2</v>
+      </c>
+      <c r="AB3">
+        <v>2</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>001</v>
       </c>
       <c r="B4" t="str">
-        <v>T2</v>
+        <v>3</v>
       </c>
       <c r="C4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D4" t="str">
-        <v>Ross Sauceda</v>
+        <v>Tim Denna</v>
       </c>
       <c r="E4">
         <v>-7</v>
       </c>
       <c r="F4">
-        <v>38</v>
+        <v>47</v>
       </c>
       <c r="G4">
-        <v>89213</v>
+        <v>65766</v>
       </c>
       <c r="H4" t="str">
-        <v>rsauceda831</v>
+        <v>tdenna</v>
       </c>
       <c r="I4">
         <v>-7</v>
       </c>
       <c r="J4">
-        <v>38</v>
+        <v>47</v>
       </c>
       <c r="K4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M4">
         <v>2</v>
       </c>
       <c r="N4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P4">
         <v>3</v>
       </c>
+      <c r="Q4">
+        <v>2</v>
+      </c>
+      <c r="R4">
+        <v>2</v>
+      </c>
+      <c r="S4">
+        <v>2</v>
+      </c>
       <c r="T4">
         <v>2</v>
       </c>
       <c r="U4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W4">
         <v>3</v>
       </c>
       <c r="X4">
         <v>4</v>
       </c>
       <c r="Y4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z4">
         <v>3</v>
       </c>
       <c r="AA4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB4">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>001</v>
       </c>
       <c r="B5" t="str">
         <v>4</v>
       </c>
       <c r="C5">
         <v>4</v>
       </c>
       <c r="D5" t="str">
-        <v>Cameron Zalaha</v>
+        <v>Jeffrey McCormick</v>
       </c>
       <c r="E5">
-        <v>-3</v>
+        <v>-4</v>
       </c>
       <c r="F5">
-        <v>30</v>
+        <v>50</v>
       </c>
       <c r="G5">
-        <v>254442</v>
+        <v>116860</v>
       </c>
       <c r="H5" t="str">
-        <v>cameronzalaha</v>
+        <v>jmacdg13</v>
       </c>
       <c r="I5">
-        <v>-3</v>
+        <v>-4</v>
       </c>
       <c r="J5">
-        <v>30</v>
+        <v>50</v>
       </c>
       <c r="K5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L5">
         <v>3</v>
       </c>
       <c r="M5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N5">
         <v>3</v>
       </c>
       <c r="O5">
         <v>3</v>
       </c>
       <c r="P5">
         <v>3</v>
       </c>
       <c r="Q5">
         <v>3</v>
       </c>
       <c r="R5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T5">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="U5">
+        <v>2</v>
+      </c>
+      <c r="V5">
+        <v>2</v>
+      </c>
+      <c r="W5">
+        <v>3</v>
+      </c>
+      <c r="X5">
+        <v>3</v>
+      </c>
+      <c r="Y5">
+        <v>2</v>
+      </c>
+      <c r="Z5">
+        <v>3</v>
+      </c>
+      <c r="AA5">
+        <v>3</v>
+      </c>
+      <c r="AB5">
         <v>2</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>001</v>
       </c>
       <c r="B6" t="str">
         <v>5</v>
       </c>
       <c r="C6">
         <v>5</v>
       </c>
       <c r="D6" t="str">
-        <v>Jeffrey McCormick</v>
+        <v>Cameron Zalaha</v>
       </c>
       <c r="E6">
-        <v>-1</v>
+        <v>-3</v>
       </c>
       <c r="F6">
-        <v>32</v>
+        <v>51</v>
       </c>
       <c r="G6">
-        <v>116860</v>
+        <v>254442</v>
       </c>
       <c r="H6" t="str">
-        <v>jmacdg13</v>
+        <v>cameronzalaha</v>
       </c>
       <c r="I6">
-        <v>-1</v>
+        <v>-3</v>
       </c>
       <c r="J6">
-        <v>32</v>
+        <v>51</v>
       </c>
       <c r="K6">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L6">
         <v>3</v>
       </c>
       <c r="M6">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N6">
         <v>3</v>
       </c>
       <c r="O6">
         <v>3</v>
       </c>
       <c r="P6">
         <v>3</v>
       </c>
       <c r="Q6">
         <v>3</v>
       </c>
       <c r="R6">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T6">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="U6">
+        <v>2</v>
+      </c>
+      <c r="V6">
+        <v>4</v>
+      </c>
+      <c r="W6">
+        <v>4</v>
+      </c>
+      <c r="X6">
+        <v>4</v>
+      </c>
+      <c r="Y6">
+        <v>2</v>
+      </c>
+      <c r="Z6">
+        <v>3</v>
+      </c>
+      <c r="AA6">
+        <v>2</v>
+      </c>
+      <c r="AB6">
         <v>2</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>001</v>
       </c>
       <c r="B7" t="str">
         <v>6</v>
       </c>
       <c r="C7">
         <v>6</v>
       </c>
       <c r="D7" t="str">
         <v xml:space="preserve">Shawn Hoskins </v>
       </c>
       <c r="E7">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="F7">
-        <v>42</v>
+        <v>59</v>
       </c>
       <c r="H7" t="str">
         <v>kindshawn</v>
       </c>
       <c r="I7">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="J7">
-        <v>42</v>
+        <v>59</v>
+      </c>
+      <c r="K7">
+        <v>4</v>
+      </c>
+      <c r="L7">
+        <v>3</v>
+      </c>
+      <c r="M7">
+        <v>3</v>
+      </c>
+      <c r="N7">
+        <v>3</v>
+      </c>
+      <c r="O7">
+        <v>3</v>
+      </c>
+      <c r="P7">
+        <v>2</v>
       </c>
       <c r="Q7">
         <v>4</v>
       </c>
       <c r="R7">
         <v>3</v>
       </c>
       <c r="S7">
         <v>4</v>
       </c>
       <c r="T7">
         <v>3</v>
       </c>
       <c r="U7">
         <v>3</v>
       </c>
       <c r="V7">
         <v>4</v>
       </c>
       <c r="W7">
         <v>4</v>
       </c>
       <c r="X7">
         <v>5</v>
       </c>
       <c r="Y7">
         <v>2</v>
       </c>
       <c r="Z7">
         <v>3</v>
       </c>
       <c r="AA7">
         <v>3</v>
       </c>
       <c r="AB7">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>002</v>
       </c>
       <c r="B8" t="str">
         <v>1</v>
       </c>
       <c r="C8">
         <v>1</v>
       </c>
       <c r="D8" t="str">
         <v>Tim O’Daniel</v>
       </c>
       <c r="E8">
         <v>-6</v>
       </c>
       <c r="F8">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="H8" t="str">
         <v>todaniel2407</v>
       </c>
       <c r="I8">
         <v>-6</v>
       </c>
       <c r="J8">
-        <v>42</v>
+        <v>48</v>
+      </c>
+      <c r="K8">
+        <v>3</v>
+      </c>
+      <c r="L8">
+        <v>3</v>
       </c>
       <c r="M8">
         <v>2</v>
       </c>
       <c r="N8">
         <v>3</v>
       </c>
       <c r="O8">
         <v>2</v>
       </c>
       <c r="P8">
         <v>2</v>
       </c>
       <c r="Q8">
         <v>3</v>
       </c>
       <c r="R8">
         <v>2</v>
       </c>
       <c r="S8">
         <v>2</v>
       </c>
       <c r="T8">
         <v>4</v>
       </c>
@@ -1030,140 +1132,167 @@
       </c>
       <c r="W8">
         <v>5</v>
       </c>
       <c r="X8">
         <v>3</v>
       </c>
       <c r="Y8">
         <v>2</v>
       </c>
       <c r="Z8">
         <v>3</v>
       </c>
       <c r="AA8">
         <v>2</v>
       </c>
       <c r="AB8">
         <v>2</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>002</v>
       </c>
       <c r="B9" t="str">
-        <v>T2</v>
+        <v>2</v>
       </c>
       <c r="C9">
         <v>2</v>
       </c>
       <c r="D9" t="str">
-        <v>Colby Juarez</v>
+        <v>Joey DB</v>
       </c>
       <c r="E9">
         <v>-2</v>
       </c>
       <c r="F9">
-        <v>31</v>
+        <v>52</v>
       </c>
       <c r="G9">
-        <v>295178</v>
+        <v>273043</v>
       </c>
       <c r="H9" t="str">
-        <v>shreddycheese</v>
+        <v>sharkbiteem</v>
       </c>
       <c r="I9">
         <v>-2</v>
       </c>
       <c r="J9">
-        <v>31</v>
+        <v>52</v>
       </c>
       <c r="K9">
         <v>3</v>
       </c>
       <c r="L9">
         <v>3</v>
       </c>
       <c r="M9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N9">
         <v>3</v>
       </c>
       <c r="O9">
         <v>3</v>
       </c>
       <c r="P9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q9">
         <v>3</v>
       </c>
       <c r="R9">
         <v>3</v>
       </c>
       <c r="S9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T9">
         <v>3</v>
       </c>
       <c r="U9">
+        <v>4</v>
+      </c>
+      <c r="V9">
+        <v>3</v>
+      </c>
+      <c r="W9">
+        <v>4</v>
+      </c>
+      <c r="X9">
+        <v>3</v>
+      </c>
+      <c r="Y9">
+        <v>2</v>
+      </c>
+      <c r="Z9">
+        <v>4</v>
+      </c>
+      <c r="AA9">
+        <v>2</v>
+      </c>
+      <c r="AB9">
         <v>2</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>002</v>
       </c>
       <c r="B10" t="str">
-        <v>T2</v>
+        <v>T3</v>
       </c>
       <c r="C10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D10" t="str">
         <v>Wesley Peters</v>
       </c>
       <c r="E10">
-        <v>-2</v>
+        <v>0</v>
       </c>
       <c r="F10">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="G10">
         <v>168625</v>
       </c>
       <c r="H10" t="str">
         <v>wolfyp69</v>
       </c>
       <c r="I10">
-        <v>-2</v>
+        <v>0</v>
       </c>
       <c r="J10">
-        <v>46</v>
+        <v>54</v>
+      </c>
+      <c r="K10">
+        <v>4</v>
+      </c>
+      <c r="L10">
+        <v>4</v>
       </c>
       <c r="M10">
         <v>2</v>
       </c>
       <c r="N10">
         <v>5</v>
       </c>
       <c r="O10">
         <v>2</v>
       </c>
       <c r="P10">
         <v>3</v>
       </c>
       <c r="Q10">
         <v>3</v>
       </c>
       <c r="R10">
         <v>2</v>
       </c>
       <c r="S10">
         <v>3</v>
       </c>
       <c r="T10">
         <v>3</v>
       </c>
@@ -1175,424 +1304,505 @@
       </c>
       <c r="W10">
         <v>3</v>
       </c>
       <c r="X10">
         <v>3</v>
       </c>
       <c r="Y10">
         <v>2</v>
       </c>
       <c r="Z10">
         <v>4</v>
       </c>
       <c r="AA10">
         <v>2</v>
       </c>
       <c r="AB10">
         <v>3</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>002</v>
       </c>
       <c r="B11" t="str">
-        <v>4</v>
+        <v>T3</v>
       </c>
       <c r="C11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="D11" t="str">
-        <v>Joey DB</v>
+        <v>Cesar Amaral</v>
       </c>
       <c r="E11">
-        <v>-1</v>
+        <v>0</v>
       </c>
       <c r="F11">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="G11">
-        <v>273043</v>
+        <v>210654</v>
       </c>
       <c r="H11" t="str">
-        <v>sharkbiteem</v>
+        <v>ceecesar</v>
       </c>
       <c r="I11">
-        <v>-1</v>
+        <v>0</v>
       </c>
       <c r="J11">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="K11">
         <v>3</v>
       </c>
       <c r="L11">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M11">
         <v>3</v>
       </c>
       <c r="N11">
         <v>3</v>
       </c>
       <c r="O11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P11">
         <v>2</v>
       </c>
+      <c r="Q11">
+        <v>3</v>
+      </c>
+      <c r="R11">
+        <v>3</v>
+      </c>
+      <c r="S11">
+        <v>3</v>
+      </c>
       <c r="T11">
         <v>3</v>
       </c>
       <c r="U11">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="V11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W11">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="X11">
         <v>3</v>
       </c>
       <c r="Y11">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA11">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB11">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>002</v>
       </c>
       <c r="B12" t="str">
-        <v>T5</v>
+        <v>T3</v>
       </c>
       <c r="C12">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="D12" t="str">
-        <v>Richard Alvarez</v>
+        <v>Colby Juarez</v>
       </c>
       <c r="E12">
         <v>0</v>
       </c>
       <c r="F12">
-        <v>33</v>
+        <v>54</v>
+      </c>
+      <c r="G12">
+        <v>295178</v>
       </c>
       <c r="H12" t="str">
-        <v>richardalvarez</v>
+        <v>shreddycheese</v>
       </c>
       <c r="I12">
         <v>0</v>
       </c>
       <c r="J12">
-        <v>33</v>
+        <v>54</v>
       </c>
       <c r="K12">
         <v>3</v>
       </c>
       <c r="L12">
         <v>3</v>
       </c>
       <c r="M12">
         <v>2</v>
       </c>
       <c r="N12">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O12">
         <v>3</v>
       </c>
       <c r="P12">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q12">
         <v>3</v>
       </c>
       <c r="R12">
         <v>3</v>
       </c>
       <c r="S12">
         <v>3</v>
       </c>
       <c r="T12">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U12">
-        <v>3</v>
+        <v>2</v>
+      </c>
+      <c r="V12">
+        <v>4</v>
+      </c>
+      <c r="W12">
+        <v>4</v>
+      </c>
+      <c r="X12">
+        <v>4</v>
+      </c>
+      <c r="Y12">
+        <v>3</v>
+      </c>
+      <c r="Z12">
+        <v>3</v>
+      </c>
+      <c r="AA12">
+        <v>3</v>
+      </c>
+      <c r="AB12">
+        <v>2</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>002</v>
       </c>
       <c r="B13" t="str">
-        <v>T5</v>
+        <v>6</v>
       </c>
       <c r="C13">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="D13" t="str">
-        <v>Cesar Amaral</v>
+        <v>Randal Savage</v>
       </c>
       <c r="E13">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="F13">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>210654</v>
+        <v>56</v>
       </c>
       <c r="H13" t="str">
-        <v>ceecesar</v>
+        <v>randalsavage</v>
       </c>
       <c r="I13">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="J13">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="K13">
         <v>3</v>
       </c>
       <c r="L13">
         <v>4</v>
       </c>
       <c r="M13">
         <v>3</v>
       </c>
       <c r="N13">
         <v>3</v>
       </c>
       <c r="O13">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P13">
         <v>2</v>
       </c>
+      <c r="Q13">
+        <v>3</v>
+      </c>
+      <c r="R13">
+        <v>3</v>
+      </c>
+      <c r="S13">
+        <v>3</v>
+      </c>
       <c r="T13">
         <v>3</v>
       </c>
       <c r="U13">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V13">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W13">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="X13">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y13">
         <v>3</v>
       </c>
       <c r="Z13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA13">
         <v>3</v>
       </c>
       <c r="AB13">
         <v>4</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>002</v>
       </c>
       <c r="B14" t="str">
         <v>7</v>
       </c>
       <c r="C14">
         <v>7</v>
       </c>
       <c r="D14" t="str">
-        <v>Randal Savage</v>
+        <v>Richard Alvarez</v>
       </c>
       <c r="E14">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F14">
-        <v>38</v>
+        <v>57</v>
       </c>
       <c r="H14" t="str">
-        <v>randalsavage</v>
+        <v>richardalvarez</v>
       </c>
       <c r="I14">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="J14">
-        <v>38</v>
+        <v>57</v>
+      </c>
+      <c r="K14">
+        <v>3</v>
+      </c>
+      <c r="L14">
+        <v>3</v>
+      </c>
+      <c r="M14">
+        <v>2</v>
+      </c>
+      <c r="N14">
+        <v>4</v>
+      </c>
+      <c r="O14">
+        <v>3</v>
+      </c>
+      <c r="P14">
+        <v>2</v>
       </c>
       <c r="Q14">
         <v>3</v>
       </c>
       <c r="R14">
         <v>3</v>
       </c>
       <c r="S14">
         <v>3</v>
       </c>
       <c r="T14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U14">
         <v>3</v>
       </c>
       <c r="V14">
         <v>3</v>
       </c>
       <c r="W14">
         <v>4</v>
       </c>
       <c r="X14">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y14">
         <v>3</v>
       </c>
       <c r="Z14">
         <v>4</v>
       </c>
       <c r="AA14">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AB14">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>002</v>
       </c>
       <c r="B15" t="str">
         <v>8</v>
       </c>
       <c r="C15">
         <v>8</v>
       </c>
       <c r="D15" t="str">
         <v>Steven P</v>
       </c>
       <c r="E15">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="F15">
-        <v>39</v>
+        <v>58</v>
       </c>
       <c r="G15">
         <v>98832</v>
       </c>
       <c r="H15" t="str">
         <v>stevenpdv</v>
       </c>
       <c r="I15">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="J15">
-        <v>39</v>
+        <v>58</v>
+      </c>
+      <c r="K15">
+        <v>3</v>
+      </c>
+      <c r="L15">
+        <v>3</v>
+      </c>
+      <c r="M15">
+        <v>2</v>
+      </c>
+      <c r="N15">
+        <v>5</v>
+      </c>
+      <c r="O15">
+        <v>4</v>
+      </c>
+      <c r="P15">
+        <v>2</v>
       </c>
       <c r="Q15">
         <v>5</v>
       </c>
       <c r="R15">
         <v>2</v>
       </c>
       <c r="S15">
         <v>3</v>
       </c>
       <c r="T15">
         <v>4</v>
       </c>
       <c r="U15">
         <v>3</v>
       </c>
       <c r="V15">
         <v>3</v>
       </c>
       <c r="W15">
         <v>4</v>
       </c>
       <c r="X15">
         <v>3</v>
       </c>
       <c r="Y15">
         <v>3</v>
       </c>
       <c r="Z15">
         <v>4</v>
       </c>
       <c r="AA15">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB15">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>002</v>
       </c>
       <c r="B16" t="str">
-        <v>9</v>
+        <v>T9</v>
       </c>
       <c r="C16">
         <v>9</v>
       </c>
       <c r="D16" t="str">
         <v>Bobby</v>
       </c>
       <c r="E16">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="F16">
-        <v>52</v>
+        <v>60</v>
       </c>
       <c r="G16">
         <v>152572</v>
       </c>
       <c r="H16" t="str">
         <v>bobbyclement32</v>
       </c>
       <c r="I16">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="J16">
-        <v>52</v>
+        <v>60</v>
+      </c>
+      <c r="K16">
+        <v>4</v>
+      </c>
+      <c r="L16">
+        <v>4</v>
       </c>
       <c r="M16">
         <v>2</v>
       </c>
       <c r="N16">
         <v>3</v>
       </c>
       <c r="O16">
         <v>3</v>
       </c>
       <c r="P16">
         <v>4</v>
       </c>
       <c r="Q16">
         <v>3</v>
       </c>
       <c r="R16">
         <v>3</v>
       </c>
       <c r="S16">
         <v>3</v>
       </c>
       <c r="T16">
         <v>3</v>
       </c>
@@ -1604,72 +1814,90 @@
       </c>
       <c r="W16">
         <v>4</v>
       </c>
       <c r="X16">
         <v>4</v>
       </c>
       <c r="Y16">
         <v>3</v>
       </c>
       <c r="Z16">
         <v>4</v>
       </c>
       <c r="AA16">
         <v>3</v>
       </c>
       <c r="AB16">
         <v>3</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>002</v>
       </c>
       <c r="B17" t="str">
-        <v>10</v>
+        <v>T9</v>
       </c>
       <c r="C17">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D17" t="str">
         <v xml:space="preserve">Bradly Trenhaile </v>
       </c>
       <c r="E17">
         <v>6</v>
       </c>
       <c r="F17">
-        <v>42</v>
+        <v>60</v>
       </c>
       <c r="H17" t="str">
         <v>bakedbread22</v>
       </c>
       <c r="I17">
         <v>6</v>
       </c>
       <c r="J17">
-        <v>42</v>
+        <v>60</v>
+      </c>
+      <c r="K17">
+        <v>3</v>
+      </c>
+      <c r="L17">
+        <v>4</v>
+      </c>
+      <c r="M17">
+        <v>3</v>
+      </c>
+      <c r="N17">
+        <v>3</v>
+      </c>
+      <c r="O17">
+        <v>3</v>
+      </c>
+      <c r="P17">
+        <v>2</v>
       </c>
       <c r="Q17">
         <v>2</v>
       </c>
       <c r="R17">
         <v>4</v>
       </c>
       <c r="S17">
         <v>3</v>
       </c>
       <c r="T17">
         <v>5</v>
       </c>
       <c r="U17">
         <v>4</v>
       </c>
       <c r="V17">
         <v>3</v>
       </c>
       <c r="W17">
         <v>4</v>
       </c>
       <c r="X17">
         <v>3</v>
       </c>
@@ -1678,81 +1906,90 @@
       </c>
       <c r="Z17">
         <v>4</v>
       </c>
       <c r="AA17">
         <v>3</v>
       </c>
       <c r="AB17">
         <v>3</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>003</v>
       </c>
       <c r="B18" t="str">
         <v>1</v>
       </c>
       <c r="C18">
         <v>1</v>
       </c>
       <c r="D18" t="str">
         <v>Matthew Bumatay</v>
       </c>
       <c r="E18">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="F18">
-        <v>50</v>
+        <v>62</v>
       </c>
       <c r="H18" t="str">
         <v>boomer2</v>
       </c>
       <c r="I18">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="J18">
-        <v>50</v>
+        <v>62</v>
       </c>
       <c r="K18">
         <v>3</v>
       </c>
       <c r="L18">
         <v>3</v>
       </c>
       <c r="M18">
         <v>3</v>
       </c>
       <c r="N18">
         <v>4</v>
       </c>
       <c r="O18">
         <v>3</v>
       </c>
       <c r="P18">
         <v>3</v>
+      </c>
+      <c r="Q18">
+        <v>4</v>
+      </c>
+      <c r="R18">
+        <v>4</v>
+      </c>
+      <c r="S18">
+        <v>4</v>
       </c>
       <c r="T18">
         <v>4</v>
       </c>
       <c r="U18">
         <v>3</v>
       </c>
       <c r="V18">
         <v>3</v>
       </c>
       <c r="W18">
         <v>5</v>
       </c>
       <c r="X18">
         <v>3</v>
       </c>
       <c r="Y18">
         <v>4</v>
       </c>
       <c r="Z18">
         <v>4</v>
       </c>
       <c r="AA18">
         <v>2</v>
       </c>