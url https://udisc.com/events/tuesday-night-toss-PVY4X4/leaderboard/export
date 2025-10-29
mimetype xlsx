--- v0 (2025-10-07)
+++ v1 (2025-10-29)
@@ -3507,51 +3507,51 @@
       </c>
     </row>
     <row r="37">
       <c r="A37" t="str">
         <v>FP0</v>
       </c>
       <c r="B37" t="str">
         <v>2</v>
       </c>
       <c r="C37">
         <v>2</v>
       </c>
       <c r="D37" t="str">
         <v>Ashley (Roller) Stinson</v>
       </c>
       <c r="E37">
         <v>17</v>
       </c>
       <c r="F37">
         <v>71</v>
       </c>
       <c r="G37">
         <v>250528</v>
       </c>
       <c r="H37" t="str">
-        <v>aroller</v>
+        <v>ashfultner</v>
       </c>
       <c r="I37">
         <v>17</v>
       </c>
       <c r="J37">
         <v>71</v>
       </c>
       <c r="K37">
         <v>4</v>
       </c>
       <c r="L37">
         <v>4</v>
       </c>
       <c r="M37">
         <v>4</v>
       </c>
       <c r="N37">
         <v>6</v>
       </c>
       <c r="O37">
         <v>3</v>
       </c>
       <c r="P37">
         <v>4</v>
       </c>