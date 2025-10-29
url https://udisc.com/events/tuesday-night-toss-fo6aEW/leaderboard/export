--- v0 (2025-10-07)
+++ v1 (2025-10-29)
@@ -3845,51 +3845,51 @@
       </c>
     </row>
     <row r="41">
       <c r="A41" t="str">
         <v>FP0</v>
       </c>
       <c r="B41" t="str">
         <v>2</v>
       </c>
       <c r="C41">
         <v>2</v>
       </c>
       <c r="D41" t="str">
         <v>Ashley (Roller) Stinson</v>
       </c>
       <c r="E41">
         <v>19</v>
       </c>
       <c r="F41">
         <v>73</v>
       </c>
       <c r="G41">
         <v>250528</v>
       </c>
       <c r="H41" t="str">
-        <v>aroller</v>
+        <v>ashfultner</v>
       </c>
       <c r="I41">
         <v>19</v>
       </c>
       <c r="J41">
         <v>73</v>
       </c>
       <c r="K41">
         <v>3</v>
       </c>
       <c r="L41">
         <v>4</v>
       </c>
       <c r="M41">
         <v>4</v>
       </c>
       <c r="N41">
         <v>7</v>
       </c>
       <c r="O41">
         <v>2</v>
       </c>
       <c r="P41">
         <v>5</v>
       </c>