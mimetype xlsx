--- v0 (2025-10-07)
+++ v1 (2025-10-29)
@@ -3934,51 +3934,51 @@
       </c>
     </row>
     <row r="42">
       <c r="A42" t="str">
         <v>FP0</v>
       </c>
       <c r="B42" t="str">
         <v>3</v>
       </c>
       <c r="C42">
         <v>3</v>
       </c>
       <c r="D42" t="str">
         <v>Ashley (Roller) Stinson</v>
       </c>
       <c r="E42">
         <v>20</v>
       </c>
       <c r="F42">
         <v>74</v>
       </c>
       <c r="G42">
         <v>250528</v>
       </c>
       <c r="H42" t="str">
-        <v>aroller</v>
+        <v>ashfultner</v>
       </c>
       <c r="I42">
         <v>20</v>
       </c>
       <c r="J42">
         <v>74</v>
       </c>
       <c r="K42">
         <v>5</v>
       </c>
       <c r="L42">
         <v>4</v>
       </c>
       <c r="M42">
         <v>3</v>
       </c>
       <c r="N42">
         <v>5</v>
       </c>
       <c r="O42">
         <v>2</v>
       </c>
       <c r="P42">
         <v>4</v>
       </c>