--- v0 (2025-10-07)
+++ v1 (2025-10-29)
@@ -3427,51 +3427,51 @@
       </c>
     </row>
     <row r="36">
       <c r="A36" t="str">
         <v>FP0</v>
       </c>
       <c r="B36" t="str">
         <v>2</v>
       </c>
       <c r="C36">
         <v>2</v>
       </c>
       <c r="D36" t="str">
         <v>Ashley (Roller) Stinson</v>
       </c>
       <c r="E36">
         <v>15</v>
       </c>
       <c r="F36">
         <v>69</v>
       </c>
       <c r="G36">
         <v>250528</v>
       </c>
       <c r="H36" t="str">
-        <v>aroller</v>
+        <v>ashfultner</v>
       </c>
       <c r="I36">
         <v>15</v>
       </c>
       <c r="J36">
         <v>69</v>
       </c>
       <c r="K36">
         <v>4</v>
       </c>
       <c r="L36">
         <v>3</v>
       </c>
       <c r="M36">
         <v>5</v>
       </c>
       <c r="N36">
         <v>4</v>
       </c>
       <c r="O36">
         <v>3</v>
       </c>
       <c r="P36">
         <v>4</v>
       </c>