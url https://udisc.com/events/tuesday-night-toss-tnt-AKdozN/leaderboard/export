--- v0 (2025-10-07)
+++ v1 (2025-10-29)
@@ -3264,51 +3264,51 @@
       </c>
     </row>
     <row r="34">
       <c r="A34" t="str">
         <v>FP0</v>
       </c>
       <c r="B34" t="str">
         <v>2</v>
       </c>
       <c r="C34">
         <v>2</v>
       </c>
       <c r="D34" t="str">
         <v>Ashley (Roller) Stinson</v>
       </c>
       <c r="E34">
         <v>2</v>
       </c>
       <c r="F34">
         <v>56</v>
       </c>
       <c r="G34">
         <v>250528</v>
       </c>
       <c r="H34" t="str">
-        <v>aroller</v>
+        <v>ashfultner</v>
       </c>
       <c r="I34">
         <v>2</v>
       </c>
       <c r="J34">
         <v>56</v>
       </c>
       <c r="K34">
         <v>3</v>
       </c>
       <c r="L34">
         <v>3</v>
       </c>
       <c r="M34">
         <v>3</v>
       </c>
       <c r="N34">
         <v>2</v>
       </c>
       <c r="O34">
         <v>2</v>
       </c>
       <c r="P34">
         <v>3</v>
       </c>