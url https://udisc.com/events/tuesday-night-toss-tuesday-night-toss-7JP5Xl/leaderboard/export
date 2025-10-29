--- v0 (2025-10-07)
+++ v1 (2025-10-29)
@@ -3676,51 +3676,51 @@
       </c>
     </row>
     <row r="39">
       <c r="A39" t="str">
         <v>FP0</v>
       </c>
       <c r="B39" t="str">
         <v>3</v>
       </c>
       <c r="C39">
         <v>3</v>
       </c>
       <c r="D39" t="str">
         <v>Ashley (Roller) Stinson</v>
       </c>
       <c r="E39">
         <v>10</v>
       </c>
       <c r="F39">
         <v>64</v>
       </c>
       <c r="G39">
         <v>250528</v>
       </c>
       <c r="H39" t="str">
-        <v>aroller</v>
+        <v>ashfultner</v>
       </c>
       <c r="I39">
         <v>10</v>
       </c>
       <c r="J39">
         <v>64</v>
       </c>
       <c r="K39">
         <v>3</v>
       </c>
       <c r="L39">
         <v>6</v>
       </c>
       <c r="M39">
         <v>5</v>
       </c>
       <c r="N39">
         <v>3</v>
       </c>
       <c r="O39">
         <v>3</v>
       </c>
       <c r="P39">
         <v>4</v>
       </c>