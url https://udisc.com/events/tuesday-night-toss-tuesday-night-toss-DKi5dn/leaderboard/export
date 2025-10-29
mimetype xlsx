--- v0 (2025-10-07)
+++ v1 (2025-10-29)
@@ -3590,51 +3590,51 @@
       </c>
     </row>
     <row r="38">
       <c r="A38" t="str">
         <v>FP0</v>
       </c>
       <c r="B38" t="str">
         <v>1</v>
       </c>
       <c r="C38">
         <v>1</v>
       </c>
       <c r="D38" t="str">
         <v>Ashley (Roller) Stinson</v>
       </c>
       <c r="E38">
         <v>1</v>
       </c>
       <c r="F38">
         <v>55</v>
       </c>
       <c r="G38">
         <v>250528</v>
       </c>
       <c r="H38" t="str">
-        <v>aroller</v>
+        <v>ashfultner</v>
       </c>
       <c r="I38">
         <v>1</v>
       </c>
       <c r="J38">
         <v>55</v>
       </c>
       <c r="K38">
         <v>2</v>
       </c>
       <c r="L38">
         <v>3</v>
       </c>
       <c r="M38">
         <v>3</v>
       </c>
       <c r="N38">
         <v>2</v>
       </c>
       <c r="O38">
         <v>3</v>
       </c>
       <c r="P38">
         <v>3</v>
       </c>