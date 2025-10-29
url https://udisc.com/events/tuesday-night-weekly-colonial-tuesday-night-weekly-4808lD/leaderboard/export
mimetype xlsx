--- v0 (2025-10-05)
+++ v1 (2025-10-29)
@@ -4932,50 +4932,53 @@
         <v>4</v>
       </c>
       <c r="AB53">
         <v>3</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="str">
         <v>REC</v>
       </c>
       <c r="B54" t="str">
         <v>9</v>
       </c>
       <c r="C54">
         <v>9</v>
       </c>
       <c r="D54" t="str">
         <v>Mike Robbins</v>
       </c>
       <c r="E54">
         <v>14</v>
       </c>
       <c r="F54">
         <v>68</v>
       </c>
+      <c r="G54">
+        <v>316028</v>
+      </c>
       <c r="H54" t="str">
         <v>mikerobbins</v>
       </c>
       <c r="I54">
         <v>14</v>
       </c>
       <c r="J54">
         <v>68</v>
       </c>
       <c r="K54">
         <v>4</v>
       </c>
       <c r="L54">
         <v>3</v>
       </c>
       <c r="M54">
         <v>4</v>
       </c>
       <c r="N54">
         <v>4</v>
       </c>
       <c r="O54">
         <v>4</v>
       </c>
       <c r="P54">