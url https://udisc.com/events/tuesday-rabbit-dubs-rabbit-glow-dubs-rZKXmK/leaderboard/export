--- v0 (2025-12-03)
+++ v1 (2025-12-23)
@@ -797,110 +797,113 @@
       </c>
       <c r="AA4">
         <v>2</v>
       </c>
       <c r="AB4">
         <v>4</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>GEN</v>
       </c>
       <c r="B5" t="str">
         <v>4</v>
       </c>
       <c r="C5">
         <v>4</v>
       </c>
       <c r="D5" t="str">
         <v>Justin St. Germain &amp; Ryan Baldridge</v>
       </c>
       <c r="E5">
         <v>-1</v>
       </c>
       <c r="F5">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="H5" t="str">
         <v>rbaldridge84,justinst</v>
       </c>
       <c r="I5">
         <v>-1</v>
       </c>
       <c r="J5">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="K5">
         <v>3</v>
       </c>
       <c r="L5">
         <v>3</v>
       </c>
       <c r="M5">
         <v>2</v>
       </c>
       <c r="N5">
         <v>2</v>
       </c>
       <c r="O5">
         <v>3</v>
       </c>
       <c r="P5">
         <v>2</v>
       </c>
       <c r="Q5">
         <v>3</v>
       </c>
       <c r="R5">
         <v>3</v>
       </c>
       <c r="S5">
         <v>3</v>
       </c>
       <c r="T5">
         <v>3</v>
       </c>
       <c r="U5">
         <v>3</v>
       </c>
       <c r="V5">
         <v>2</v>
       </c>
       <c r="W5">
         <v>3</v>
       </c>
       <c r="X5">
         <v>3</v>
       </c>
       <c r="Y5">
         <v>6</v>
       </c>
       <c r="Z5">
         <v>3</v>
       </c>
       <c r="AA5">
+        <v>3</v>
+      </c>
+      <c r="AB5">
         <v>3</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AB5"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">