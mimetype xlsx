--- v0 (2025-12-31)
+++ v1 (2026-03-04)
@@ -410,51 +410,51 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AC25"/>
+  <dimension ref="A1:AC19"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" width="8.83203125" customWidth="1"/>
     <col min="2" max="2" width="8.83203125" customWidth="1"/>
     <col min="3" max="3" width="12.83203125" customWidth="1"/>
     <col min="4" max="4" width="20.83203125" customWidth="1"/>
     <col min="5" max="5" width="20.83203125" customWidth="1"/>
     <col min="6" max="6" width="17.83203125" customWidth="1"/>
     <col min="7" max="7" width="11.83203125" customWidth="1"/>
     <col min="8" max="8" width="8.83203125" customWidth="1"/>
     <col min="9" max="9" width="20.83203125" customWidth="1"/>
     <col min="10" max="10" width="17.83203125" customWidth="1"/>
     <col min="11" max="11" width="6.83203125" customWidth="1"/>
     <col min="12" max="12" width="6.83203125" customWidth="1"/>
     <col min="13" max="13" width="6.83203125" customWidth="1"/>
     <col min="14" max="14" width="6.83203125" customWidth="1"/>
     <col min="15" max="15" width="6.83203125" customWidth="1"/>
     <col min="16" max="16" width="6.83203125" customWidth="1"/>
     <col min="17" max="17" width="6.83203125" customWidth="1"/>
     <col min="18" max="18" width="6.83203125" customWidth="1"/>
     <col min="19" max="19" width="6.83203125" customWidth="1"/>
     <col min="20" max="20" width="7.83203125" customWidth="1"/>
     <col min="21" max="21" width="7.83203125" customWidth="1"/>
@@ -546,188 +546,185 @@
       </c>
       <c r="Z1" t="str">
         <v>hole_16</v>
       </c>
       <c r="AA1" t="str">
         <v>hole_17</v>
       </c>
       <c r="AB1" t="str">
         <v>hole_18</v>
       </c>
       <c r="AC1" t="str">
         <v>hole_19</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>Casual</v>
       </c>
       <c r="B2" t="str">
         <v>1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
-        <v>Jean B</v>
+        <v>Hyzer</v>
       </c>
       <c r="E2">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="F2">
-        <v>37</v>
+        <v>64</v>
       </c>
       <c r="H2" t="str">
-        <v>nrcxwiz</v>
+        <v/>
       </c>
       <c r="I2">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="J2">
-        <v>37</v>
+        <v>64</v>
       </c>
       <c r="K2">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="L2">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M2">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N2">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O2">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P2">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q2">
-        <v>3</v>
+        <v>2</v>
+      </c>
+      <c r="R2">
+        <v>2</v>
+      </c>
+      <c r="S2">
+        <v>3</v>
+      </c>
+      <c r="T2">
+        <v>3</v>
+      </c>
+      <c r="U2">
+        <v>3</v>
+      </c>
+      <c r="V2">
+        <v>5</v>
+      </c>
+      <c r="W2">
+        <v>3</v>
+      </c>
+      <c r="X2">
+        <v>4</v>
       </c>
       <c r="Y2">
         <v>3</v>
       </c>
       <c r="Z2">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AA2">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB2">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AC2">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>Casual</v>
       </c>
       <c r="B3" t="str">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>DNF</v>
       </c>
       <c r="D3" t="str">
-        <v>Hyzer</v>
+        <v>Jean B</v>
       </c>
       <c r="E3">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="F3">
-        <v>64</v>
+        <v>37</v>
       </c>
       <c r="H3" t="str">
-        <v/>
+        <v>nrcxwiz</v>
       </c>
       <c r="I3">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="J3">
-        <v>64</v>
+        <v>37</v>
       </c>
       <c r="K3">
+        <v>3</v>
+      </c>
+      <c r="L3">
+        <v>3</v>
+      </c>
+      <c r="M3">
+        <v>2</v>
+      </c>
+      <c r="N3">
+        <v>3</v>
+      </c>
+      <c r="O3">
+        <v>4</v>
+      </c>
+      <c r="P3">
+        <v>3</v>
+      </c>
+      <c r="Q3">
+        <v>3</v>
+      </c>
+      <c r="Y3">
+        <v>3</v>
+      </c>
+      <c r="Z3">
         <v>5</v>
       </c>
-      <c r="L3">
-[...43 lines deleted...]
-      </c>
       <c r="AA3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AC3">
-        <v>4</v>
+        <v>2</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>A</v>
       </c>
       <c r="B4" t="str">
         <v>1</v>
       </c>
       <c r="C4">
         <v>1</v>
       </c>
       <c r="D4" t="str">
         <v>Mark Patnode</v>
       </c>
       <c r="E4">
         <v>-10</v>
       </c>
       <c r="F4">
         <v>47</v>
       </c>
       <c r="H4" t="str">
         <v>markpatnode</v>
       </c>
       <c r="I4">
@@ -1480,818 +1477,668 @@
       </c>
       <c r="W12">
         <v>5</v>
       </c>
       <c r="X12">
         <v>3</v>
       </c>
       <c r="Y12">
         <v>3</v>
       </c>
       <c r="Z12">
         <v>2</v>
       </c>
       <c r="AA12">
         <v>3</v>
       </c>
       <c r="AB12">
         <v>4</v>
       </c>
       <c r="AC12">
         <v>3</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
-        <v>A</v>
+        <v>B</v>
+      </c>
+      <c r="B13" t="str">
+        <v>1</v>
+      </c>
+      <c r="C13">
+        <v>1</v>
       </c>
       <c r="D13" t="str">
-        <v>Marcos Hernandez</v>
+        <v>Jimmy Sturgis</v>
       </c>
       <c r="E13">
-        <v>0</v>
+        <v>-8</v>
       </c>
       <c r="F13">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>260484</v>
+        <v>49</v>
       </c>
       <c r="H13" t="str">
-        <v>durkdiglr</v>
+        <v>jimmysturges</v>
       </c>
       <c r="I13">
-        <v>0</v>
+        <v>-8</v>
       </c>
       <c r="J13">
-        <v>0</v>
+        <v>49</v>
+      </c>
+      <c r="K13">
+        <v>2</v>
+      </c>
+      <c r="L13">
+        <v>2</v>
+      </c>
+      <c r="M13">
+        <v>3</v>
+      </c>
+      <c r="N13">
+        <v>2</v>
+      </c>
+      <c r="O13">
+        <v>3</v>
+      </c>
+      <c r="P13">
+        <v>3</v>
+      </c>
+      <c r="Q13">
+        <v>2</v>
+      </c>
+      <c r="R13">
+        <v>2</v>
+      </c>
+      <c r="S13">
+        <v>3</v>
+      </c>
+      <c r="T13">
+        <v>3</v>
+      </c>
+      <c r="U13">
+        <v>2</v>
+      </c>
+      <c r="V13">
+        <v>3</v>
+      </c>
+      <c r="W13">
+        <v>3</v>
+      </c>
+      <c r="X13">
+        <v>4</v>
+      </c>
+      <c r="Y13">
+        <v>3</v>
+      </c>
+      <c r="Z13">
+        <v>2</v>
+      </c>
+      <c r="AA13">
+        <v>2</v>
+      </c>
+      <c r="AB13">
+        <v>3</v>
+      </c>
+      <c r="AC13">
+        <v>2</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
-        <v>A</v>
+        <v>B</v>
+      </c>
+      <c r="B14" t="str">
+        <v>2</v>
+      </c>
+      <c r="C14">
+        <v>2</v>
       </c>
       <c r="D14" t="str">
-        <v>Luis Flores</v>
+        <v>Sterling Wright</v>
       </c>
       <c r="E14">
-        <v>0</v>
+        <v>-2</v>
       </c>
       <c r="F14">
-        <v>0</v>
+        <v>55</v>
       </c>
       <c r="G14">
-        <v>185725</v>
+        <v>313332</v>
       </c>
       <c r="H14" t="str">
-        <v>lflores7</v>
+        <v>babyster</v>
       </c>
       <c r="I14">
-        <v>0</v>
+        <v>-2</v>
       </c>
       <c r="J14">
-        <v>0</v>
+        <v>55</v>
+      </c>
+      <c r="K14">
+        <v>4</v>
+      </c>
+      <c r="L14">
+        <v>1</v>
+      </c>
+      <c r="M14">
+        <v>2</v>
+      </c>
+      <c r="N14">
+        <v>3</v>
+      </c>
+      <c r="O14">
+        <v>3</v>
+      </c>
+      <c r="P14">
+        <v>3</v>
+      </c>
+      <c r="Q14">
+        <v>3</v>
+      </c>
+      <c r="R14">
+        <v>3</v>
+      </c>
+      <c r="S14">
+        <v>3</v>
+      </c>
+      <c r="T14">
+        <v>3</v>
+      </c>
+      <c r="U14">
+        <v>2</v>
+      </c>
+      <c r="V14">
+        <v>2</v>
+      </c>
+      <c r="W14">
+        <v>3</v>
+      </c>
+      <c r="X14">
+        <v>4</v>
+      </c>
+      <c r="Y14">
+        <v>3</v>
+      </c>
+      <c r="Z14">
+        <v>4</v>
+      </c>
+      <c r="AA14">
+        <v>3</v>
+      </c>
+      <c r="AB14">
+        <v>3</v>
+      </c>
+      <c r="AC14">
+        <v>3</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
-        <v>A</v>
+        <v>B</v>
+      </c>
+      <c r="B15" t="str">
+        <v>3</v>
+      </c>
+      <c r="C15">
+        <v>3</v>
       </c>
       <c r="D15" t="str">
-        <v>Joaquin Martinez</v>
+        <v>Tim B</v>
       </c>
       <c r="E15">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F15">
-        <v>0</v>
+        <v>58</v>
+      </c>
+      <c r="G15">
+        <v>302614</v>
       </c>
       <c r="H15" t="str">
-        <v>gswaka</v>
+        <v>timmyb55</v>
       </c>
       <c r="I15">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J15">
-        <v>0</v>
+        <v>58</v>
+      </c>
+      <c r="K15">
+        <v>4</v>
+      </c>
+      <c r="L15">
+        <v>3</v>
+      </c>
+      <c r="M15">
+        <v>3</v>
+      </c>
+      <c r="N15">
+        <v>3</v>
+      </c>
+      <c r="O15">
+        <v>3</v>
+      </c>
+      <c r="P15">
+        <v>3</v>
+      </c>
+      <c r="Q15">
+        <v>2</v>
+      </c>
+      <c r="R15">
+        <v>2</v>
+      </c>
+      <c r="S15">
+        <v>3</v>
+      </c>
+      <c r="T15">
+        <v>3</v>
+      </c>
+      <c r="U15">
+        <v>2</v>
+      </c>
+      <c r="V15">
+        <v>2</v>
+      </c>
+      <c r="W15">
+        <v>3</v>
+      </c>
+      <c r="X15">
+        <v>2</v>
+      </c>
+      <c r="Y15">
+        <v>3</v>
+      </c>
+      <c r="Z15">
+        <v>4</v>
+      </c>
+      <c r="AA15">
+        <v>4</v>
+      </c>
+      <c r="AB15">
+        <v>6</v>
+      </c>
+      <c r="AC15">
+        <v>3</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
-        <v>A</v>
+        <v>B</v>
+      </c>
+      <c r="B16" t="str">
+        <v>4</v>
+      </c>
+      <c r="C16">
+        <v>4</v>
       </c>
       <c r="D16" t="str">
-        <v>Michael Spencer</v>
+        <v>Andrew Strauss</v>
       </c>
       <c r="E16">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="F16">
-        <v>0</v>
+        <v>59</v>
       </c>
       <c r="G16">
-        <v>36944</v>
+        <v>316868</v>
       </c>
       <c r="H16" t="str">
-        <v>oakmanor</v>
+        <v>acstrauss</v>
       </c>
       <c r="I16">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="J16">
-        <v>0</v>
+        <v>59</v>
+      </c>
+      <c r="K16">
+        <v>3</v>
+      </c>
+      <c r="L16">
+        <v>3</v>
+      </c>
+      <c r="M16">
+        <v>4</v>
+      </c>
+      <c r="N16">
+        <v>3</v>
+      </c>
+      <c r="O16">
+        <v>3</v>
+      </c>
+      <c r="P16">
+        <v>3</v>
+      </c>
+      <c r="Q16">
+        <v>4</v>
+      </c>
+      <c r="R16">
+        <v>4</v>
+      </c>
+      <c r="S16">
+        <v>3</v>
+      </c>
+      <c r="T16">
+        <v>2</v>
+      </c>
+      <c r="U16">
+        <v>2</v>
+      </c>
+      <c r="V16">
+        <v>4</v>
+      </c>
+      <c r="W16">
+        <v>4</v>
+      </c>
+      <c r="X16">
+        <v>3</v>
+      </c>
+      <c r="Y16">
+        <v>2</v>
+      </c>
+      <c r="Z16">
+        <v>3</v>
+      </c>
+      <c r="AA16">
+        <v>3</v>
+      </c>
+      <c r="AB16">
+        <v>3</v>
+      </c>
+      <c r="AC16">
+        <v>3</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
-        <v>B</v>
+        <v>C</v>
       </c>
       <c r="B17" t="str">
         <v>1</v>
       </c>
       <c r="C17">
         <v>1</v>
       </c>
       <c r="D17" t="str">
-        <v>Jimmy Sturgis</v>
+        <v>Richard Garcia</v>
       </c>
       <c r="E17">
-        <v>-8</v>
+        <v>1</v>
       </c>
       <c r="F17">
-        <v>49</v>
+        <v>58</v>
+      </c>
+      <c r="G17">
+        <v>252346</v>
       </c>
       <c r="H17" t="str">
-        <v>jimmysturges</v>
+        <v>richcali2</v>
       </c>
       <c r="I17">
-        <v>-8</v>
+        <v>1</v>
       </c>
       <c r="J17">
-        <v>49</v>
+        <v>58</v>
       </c>
       <c r="K17">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L17">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M17">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N17">
         <v>2</v>
       </c>
       <c r="O17">
         <v>3</v>
       </c>
       <c r="P17">
         <v>3</v>
       </c>
       <c r="Q17">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R17">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S17">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T17">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U17">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V17">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W17">
         <v>3</v>
       </c>
       <c r="X17">
         <v>4</v>
       </c>
       <c r="Y17">
         <v>3</v>
       </c>
       <c r="Z17">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA17">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB17">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AC17">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
-        <v>B</v>
+        <v>C</v>
       </c>
       <c r="B18" t="str">
         <v>2</v>
       </c>
       <c r="C18">
         <v>2</v>
       </c>
       <c r="D18" t="str">
-        <v>Sterling Wright</v>
+        <v>Anthony Amante</v>
       </c>
       <c r="E18">
-        <v>-2</v>
+        <v>2</v>
       </c>
       <c r="F18">
-        <v>55</v>
-[...2 lines deleted...]
-        <v>313332</v>
+        <v>59</v>
       </c>
       <c r="H18" t="str">
-        <v>babyster</v>
+        <v>tonyamante</v>
       </c>
       <c r="I18">
-        <v>-2</v>
+        <v>2</v>
       </c>
       <c r="J18">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="K18">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L18">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="M18">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N18">
         <v>3</v>
       </c>
       <c r="O18">
         <v>3</v>
       </c>
       <c r="P18">
         <v>3</v>
       </c>
       <c r="Q18">
         <v>3</v>
       </c>
       <c r="R18">
         <v>3</v>
       </c>
       <c r="S18">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="T18">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U18">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V18">
         <v>2</v>
       </c>
       <c r="W18">
         <v>3</v>
       </c>
       <c r="X18">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y18">
         <v>3</v>
       </c>
       <c r="Z18">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA18">
         <v>3</v>
       </c>
       <c r="AB18">
         <v>3</v>
       </c>
       <c r="AC18">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
-        <v>B</v>
+        <v>C</v>
       </c>
       <c r="B19" t="str">
         <v>3</v>
       </c>
       <c r="C19">
         <v>3</v>
       </c>
       <c r="D19" t="str">
-        <v>Tim B</v>
+        <v>Kyle Cruz</v>
       </c>
       <c r="E19">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="F19">
-        <v>58</v>
+        <v>65</v>
       </c>
       <c r="G19">
-        <v>302614</v>
+        <v>118424</v>
       </c>
       <c r="H19" t="str">
-        <v>timmyb55</v>
+        <v>kyle707</v>
       </c>
       <c r="I19">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="J19">
-        <v>58</v>
+        <v>65</v>
       </c>
       <c r="K19">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L19">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="M19">
         <v>3</v>
       </c>
       <c r="N19">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O19">
         <v>3</v>
       </c>
       <c r="P19">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="Q19">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R19">
         <v>2</v>
       </c>
       <c r="S19">
         <v>3</v>
       </c>
       <c r="T19">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U19">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="V19">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W19">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X19">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y19">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z19">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AA19">
         <v>4</v>
       </c>
       <c r="AB19">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="AC19">
-        <v>3</v>
-[...400 lines deleted...]
-      <c r="AC25">
         <v>3</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
-    <ignoredError numberStoredAsText="1" sqref="A1:AC25"/>
+    <ignoredError numberStoredAsText="1" sqref="A1:AC19"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
 </Properties>
 </file>
 