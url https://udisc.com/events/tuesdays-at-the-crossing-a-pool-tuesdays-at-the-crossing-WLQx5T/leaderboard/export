--- v0 (2025-10-26)
+++ v1 (2026-02-10)
@@ -1555,50 +1555,53 @@
         <v>4</v>
       </c>
       <c r="AB13">
         <v>3</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>GEN</v>
       </c>
       <c r="B14" t="str">
         <v>13</v>
       </c>
       <c r="C14">
         <v>13</v>
       </c>
       <c r="D14" t="str">
         <v>Ian Harriman</v>
       </c>
       <c r="E14">
         <v>6</v>
       </c>
       <c r="F14">
         <v>62</v>
       </c>
+      <c r="G14">
+        <v>293876</v>
+      </c>
       <c r="H14" t="str">
         <v>jianharriman89</v>
       </c>
       <c r="I14">
         <v>6</v>
       </c>
       <c r="J14">
         <v>62</v>
       </c>
       <c r="K14">
         <v>3</v>
       </c>
       <c r="L14">
         <v>5</v>
       </c>
       <c r="M14">
         <v>3</v>
       </c>
       <c r="N14">
         <v>5</v>
       </c>
       <c r="O14">
         <v>4</v>
       </c>
       <c r="P14">