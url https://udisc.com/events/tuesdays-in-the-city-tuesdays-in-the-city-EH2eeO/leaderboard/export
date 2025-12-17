--- v0 (2025-10-02)
+++ v1 (2025-12-17)
@@ -1814,51 +1814,51 @@
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>LOWER</v>
       </c>
       <c r="B17" t="str">
         <v>6</v>
       </c>
       <c r="C17">
         <v>6</v>
       </c>
       <c r="D17" t="str">
         <v>Haven Sanders</v>
       </c>
       <c r="E17">
         <v>17</v>
       </c>
       <c r="F17">
         <v>73</v>
       </c>
       <c r="G17">
         <v>290216</v>
       </c>
       <c r="H17" t="str">
-        <v>havnthrows</v>
+        <v>havven</v>
       </c>
       <c r="I17">
         <v>17</v>
       </c>
       <c r="J17">
         <v>73</v>
       </c>
       <c r="K17">
         <v>5</v>
       </c>
       <c r="L17">
         <v>5</v>
       </c>
       <c r="M17">
         <v>4</v>
       </c>
       <c r="N17">
         <v>4</v>
       </c>
       <c r="O17">
         <v>4</v>
       </c>
       <c r="P17">
         <v>5</v>
       </c>