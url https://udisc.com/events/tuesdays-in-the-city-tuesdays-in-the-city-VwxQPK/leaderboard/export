--- v0 (2025-10-02)
+++ v1 (2025-12-17)
@@ -2944,51 +2944,51 @@
       </c>
     </row>
     <row r="30">
       <c r="A30" t="str">
         <v>LOWER</v>
       </c>
       <c r="B30" t="str">
         <v>14</v>
       </c>
       <c r="C30">
         <v>14</v>
       </c>
       <c r="D30" t="str">
         <v>Haven Sanders</v>
       </c>
       <c r="E30">
         <v>20</v>
       </c>
       <c r="F30">
         <v>78</v>
       </c>
       <c r="G30">
         <v>290216</v>
       </c>
       <c r="H30" t="str">
-        <v>havnthrows</v>
+        <v>havven</v>
       </c>
       <c r="I30">
         <v>20</v>
       </c>
       <c r="J30">
         <v>78</v>
       </c>
       <c r="K30">
         <v>6</v>
       </c>
       <c r="L30">
         <v>4</v>
       </c>
       <c r="M30">
         <v>5</v>
       </c>
       <c r="N30">
         <v>5</v>
       </c>
       <c r="O30">
         <v>6</v>
       </c>
       <c r="P30">
         <v>4</v>
       </c>