--- v0 (2025-10-02)
+++ v1 (2025-12-17)
@@ -2004,51 +2004,51 @@
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>LOWER</v>
       </c>
       <c r="B19" t="str">
         <v>8</v>
       </c>
       <c r="C19">
         <v>8</v>
       </c>
       <c r="D19" t="str">
         <v>Haven Sanders</v>
       </c>
       <c r="E19">
         <v>18</v>
       </c>
       <c r="F19">
         <v>74</v>
       </c>
       <c r="G19">
         <v>290216</v>
       </c>
       <c r="H19" t="str">
-        <v>havnthrows</v>
+        <v>havven</v>
       </c>
       <c r="I19">
         <v>18</v>
       </c>
       <c r="J19">
         <v>74</v>
       </c>
       <c r="K19">
         <v>7</v>
       </c>
       <c r="L19">
         <v>3</v>
       </c>
       <c r="M19">
         <v>5</v>
       </c>
       <c r="N19">
         <v>4</v>
       </c>
       <c r="O19">
         <v>4</v>
       </c>
       <c r="P19">
         <v>5</v>
       </c>