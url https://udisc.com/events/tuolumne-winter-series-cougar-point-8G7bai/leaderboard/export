--- v0 (2026-02-08)
+++ v1 (2026-02-28)
@@ -410,51 +410,51 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AB25"/>
+  <dimension ref="A1:AB27"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" width="8.83203125" customWidth="1"/>
     <col min="2" max="2" width="8.83203125" customWidth="1"/>
     <col min="3" max="3" width="12.83203125" customWidth="1"/>
     <col min="4" max="4" width="20.83203125" customWidth="1"/>
     <col min="5" max="5" width="20.83203125" customWidth="1"/>
     <col min="6" max="6" width="17.83203125" customWidth="1"/>
     <col min="7" max="7" width="11.83203125" customWidth="1"/>
     <col min="8" max="8" width="8.83203125" customWidth="1"/>
     <col min="9" max="9" width="20.83203125" customWidth="1"/>
     <col min="10" max="10" width="17.83203125" customWidth="1"/>
     <col min="11" max="11" width="6.83203125" customWidth="1"/>
     <col min="12" max="12" width="6.83203125" customWidth="1"/>
     <col min="13" max="13" width="6.83203125" customWidth="1"/>
     <col min="14" max="14" width="6.83203125" customWidth="1"/>
     <col min="15" max="15" width="6.83203125" customWidth="1"/>
     <col min="16" max="16" width="6.83203125" customWidth="1"/>
     <col min="17" max="17" width="6.83203125" customWidth="1"/>
     <col min="18" max="18" width="6.83203125" customWidth="1"/>
     <col min="19" max="19" width="6.83203125" customWidth="1"/>
     <col min="20" max="20" width="7.83203125" customWidth="1"/>
     <col min="21" max="21" width="7.83203125" customWidth="1"/>
@@ -1900,149 +1900,206 @@
       </c>
       <c r="Y17">
         <v>4</v>
       </c>
       <c r="Z17">
         <v>5</v>
       </c>
       <c r="AA17">
         <v>3</v>
       </c>
       <c r="AB17">
         <v>3</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>ProAdv</v>
       </c>
       <c r="B18" t="str">
         <v>17</v>
       </c>
       <c r="C18">
         <v>17</v>
       </c>
       <c r="D18" t="str">
-        <v>James Foster</v>
+        <v xml:space="preserve">Ben Andrews </v>
       </c>
       <c r="E18">
-        <v>45</v>
+        <v>3</v>
       </c>
       <c r="F18">
-        <v>103</v>
-[...2 lines deleted...]
-        <v>56263</v>
+        <v>61</v>
       </c>
       <c r="H18" t="str">
-        <v>jfoster209</v>
+        <v>ben20978</v>
       </c>
       <c r="I18">
-        <v>45</v>
+        <v>3</v>
       </c>
       <c r="J18">
-        <v>103</v>
+        <v>61</v>
       </c>
       <c r="K18">
         <v>3</v>
       </c>
       <c r="L18">
         <v>3</v>
       </c>
       <c r="M18">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N18">
         <v>3</v>
       </c>
       <c r="O18">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P18">
         <v>4</v>
       </c>
       <c r="Q18">
         <v>4</v>
       </c>
       <c r="R18">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="S18">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="T18">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="U18">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="V18">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="W18">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="X18">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="Y18">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="Z18">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="AA18">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="AB18">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>ProAdv</v>
       </c>
+      <c r="B19" t="str">
+        <v>18</v>
+      </c>
+      <c r="C19">
+        <v>18</v>
+      </c>
       <c r="D19" t="str">
-        <v>Nicholas Schaibly</v>
+        <v>James Foster</v>
       </c>
       <c r="E19">
-        <v>0</v>
+        <v>45</v>
       </c>
       <c r="F19">
-        <v>0</v>
+        <v>103</v>
       </c>
       <c r="G19">
-        <v>161338</v>
+        <v>56263</v>
       </c>
       <c r="H19" t="str">
-        <v>nschaibly96</v>
+        <v>jfoster209</v>
       </c>
       <c r="I19">
-        <v>0</v>
+        <v>45</v>
       </c>
       <c r="J19">
-        <v>0</v>
+        <v>103</v>
+      </c>
+      <c r="K19">
+        <v>3</v>
+      </c>
+      <c r="L19">
+        <v>3</v>
+      </c>
+      <c r="M19">
+        <v>3</v>
+      </c>
+      <c r="N19">
+        <v>3</v>
+      </c>
+      <c r="O19">
+        <v>3</v>
+      </c>
+      <c r="P19">
+        <v>4</v>
+      </c>
+      <c r="Q19">
+        <v>4</v>
+      </c>
+      <c r="R19">
+        <v>7</v>
+      </c>
+      <c r="S19">
+        <v>7</v>
+      </c>
+      <c r="T19">
+        <v>7</v>
+      </c>
+      <c r="U19">
+        <v>7</v>
+      </c>
+      <c r="V19">
+        <v>7</v>
+      </c>
+      <c r="W19">
+        <v>7</v>
+      </c>
+      <c r="X19">
+        <v>7</v>
+      </c>
+      <c r="Y19">
+        <v>8</v>
+      </c>
+      <c r="Z19">
+        <v>8</v>
+      </c>
+      <c r="AA19">
+        <v>7</v>
+      </c>
+      <c r="AB19">
+        <v>8</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v>IntBeg</v>
       </c>
       <c r="B20" t="str">
         <v>1</v>
       </c>
       <c r="C20">
         <v>1</v>
       </c>
       <c r="D20" t="str">
         <v>Alex Stewart</v>
       </c>
       <c r="E20">
         <v>-6</v>
       </c>
       <c r="F20">
         <v>52</v>
       </c>
       <c r="G20">
         <v>316532</v>
       </c>
       <c r="H20" t="str">
@@ -2267,294 +2324,463 @@
       </c>
       <c r="Y22">
         <v>5</v>
       </c>
       <c r="Z22">
         <v>4</v>
       </c>
       <c r="AA22">
         <v>3</v>
       </c>
       <c r="AB22">
         <v>4</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
         <v>IntBeg</v>
       </c>
       <c r="B23" t="str">
         <v>4</v>
       </c>
       <c r="C23">
         <v>4</v>
       </c>
       <c r="D23" t="str">
-        <v>Iryc s</v>
+        <v>Ross Cooper</v>
       </c>
       <c r="E23">
-        <v>12</v>
+        <v>5</v>
       </c>
       <c r="F23">
-        <v>70</v>
+        <v>63</v>
       </c>
       <c r="H23" t="str">
-        <v>slickestrickest</v>
+        <v>rossybomb</v>
       </c>
       <c r="I23">
-        <v>12</v>
+        <v>5</v>
       </c>
       <c r="J23">
-        <v>70</v>
+        <v>63</v>
       </c>
       <c r="K23">
         <v>3</v>
       </c>
       <c r="L23">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M23">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N23">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="O23">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P23">
         <v>4</v>
       </c>
       <c r="Q23">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R23">
         <v>3</v>
       </c>
       <c r="S23">
         <v>5</v>
       </c>
       <c r="T23">
         <v>3</v>
       </c>
       <c r="U23">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V23">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="W23">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X23">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Y23">
         <v>4</v>
       </c>
       <c r="Z23">
         <v>5</v>
       </c>
       <c r="AA23">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB23">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
-        <v>Ladies</v>
+        <v>IntBeg</v>
       </c>
       <c r="B24" t="str">
-        <v>1</v>
+        <v>T5</v>
       </c>
       <c r="C24">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="D24" t="str">
-        <v>Gayle Key</v>
+        <v>Nathan Schulz</v>
       </c>
       <c r="E24">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="F24">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="G24">
-        <v>17904</v>
+        <v>311232</v>
       </c>
       <c r="H24" t="str">
-        <v>gaylekey</v>
+        <v>n8than</v>
       </c>
       <c r="I24">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="J24">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="K24">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L24">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M24">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N24">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="O24">
         <v>4</v>
       </c>
       <c r="P24">
         <v>4</v>
       </c>
       <c r="Q24">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R24">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S24">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T24">
         <v>4</v>
       </c>
       <c r="U24">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V24">
         <v>4</v>
       </c>
       <c r="W24">
         <v>4</v>
       </c>
       <c r="X24">
         <v>3</v>
       </c>
       <c r="Y24">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="Z24">
         <v>5</v>
       </c>
       <c r="AA24">
         <v>4</v>
       </c>
       <c r="AB24">
         <v>5</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
+        <v>IntBeg</v>
+      </c>
+      <c r="B25" t="str">
+        <v>T5</v>
+      </c>
+      <c r="C25">
+        <v>5</v>
+      </c>
+      <c r="D25" t="str">
+        <v>Iryc s</v>
+      </c>
+      <c r="E25">
+        <v>12</v>
+      </c>
+      <c r="F25">
+        <v>70</v>
+      </c>
+      <c r="H25" t="str">
+        <v>slickestrickest</v>
+      </c>
+      <c r="I25">
+        <v>12</v>
+      </c>
+      <c r="J25">
+        <v>70</v>
+      </c>
+      <c r="K25">
+        <v>3</v>
+      </c>
+      <c r="L25">
+        <v>4</v>
+      </c>
+      <c r="M25">
+        <v>4</v>
+      </c>
+      <c r="N25">
+        <v>5</v>
+      </c>
+      <c r="O25">
+        <v>4</v>
+      </c>
+      <c r="P25">
+        <v>4</v>
+      </c>
+      <c r="Q25">
+        <v>4</v>
+      </c>
+      <c r="R25">
+        <v>3</v>
+      </c>
+      <c r="S25">
+        <v>5</v>
+      </c>
+      <c r="T25">
+        <v>3</v>
+      </c>
+      <c r="U25">
+        <v>3</v>
+      </c>
+      <c r="V25">
+        <v>4</v>
+      </c>
+      <c r="W25">
+        <v>3</v>
+      </c>
+      <c r="X25">
+        <v>4</v>
+      </c>
+      <c r="Y25">
+        <v>4</v>
+      </c>
+      <c r="Z25">
+        <v>5</v>
+      </c>
+      <c r="AA25">
+        <v>3</v>
+      </c>
+      <c r="AB25">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="str">
         <v>Ladies</v>
       </c>
-      <c r="B25" t="str">
-[...5 lines deleted...]
-      <c r="D25" t="str">
+      <c r="B26" t="str">
+        <v>1</v>
+      </c>
+      <c r="C26">
+        <v>1</v>
+      </c>
+      <c r="D26" t="str">
+        <v>Gayle Key</v>
+      </c>
+      <c r="E26">
+        <v>14</v>
+      </c>
+      <c r="F26">
+        <v>72</v>
+      </c>
+      <c r="G26">
+        <v>17904</v>
+      </c>
+      <c r="H26" t="str">
+        <v>gaylekey</v>
+      </c>
+      <c r="I26">
+        <v>14</v>
+      </c>
+      <c r="J26">
+        <v>72</v>
+      </c>
+      <c r="K26">
+        <v>4</v>
+      </c>
+      <c r="L26">
+        <v>4</v>
+      </c>
+      <c r="M26">
+        <v>4</v>
+      </c>
+      <c r="N26">
+        <v>3</v>
+      </c>
+      <c r="O26">
+        <v>4</v>
+      </c>
+      <c r="P26">
+        <v>4</v>
+      </c>
+      <c r="Q26">
+        <v>3</v>
+      </c>
+      <c r="R26">
+        <v>4</v>
+      </c>
+      <c r="S26">
+        <v>3</v>
+      </c>
+      <c r="T26">
+        <v>4</v>
+      </c>
+      <c r="U26">
+        <v>4</v>
+      </c>
+      <c r="V26">
+        <v>4</v>
+      </c>
+      <c r="W26">
+        <v>4</v>
+      </c>
+      <c r="X26">
+        <v>3</v>
+      </c>
+      <c r="Y26">
+        <v>6</v>
+      </c>
+      <c r="Z26">
+        <v>5</v>
+      </c>
+      <c r="AA26">
+        <v>4</v>
+      </c>
+      <c r="AB26">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="str">
+        <v>Ladies</v>
+      </c>
+      <c r="B27" t="str">
+        <v>2</v>
+      </c>
+      <c r="C27">
+        <v>2</v>
+      </c>
+      <c r="D27" t="str">
         <v>J R</v>
       </c>
-      <c r="E25">
+      <c r="E27">
         <v>29</v>
       </c>
-      <c r="F25">
+      <c r="F27">
         <v>87</v>
       </c>
-      <c r="H25" t="str">
+      <c r="H27" t="str">
         <v>jessers</v>
       </c>
-      <c r="I25">
+      <c r="I27">
         <v>29</v>
       </c>
-      <c r="J25">
+      <c r="J27">
         <v>87</v>
       </c>
-      <c r="K25">
-[...11 lines deleted...]
-      <c r="O25">
+      <c r="K27">
+        <v>3</v>
+      </c>
+      <c r="L27">
+        <v>4</v>
+      </c>
+      <c r="M27">
+        <v>3</v>
+      </c>
+      <c r="N27">
+        <v>5</v>
+      </c>
+      <c r="O27">
         <v>6</v>
       </c>
-      <c r="P25">
-[...20 lines deleted...]
-      <c r="W25">
+      <c r="P27">
+        <v>5</v>
+      </c>
+      <c r="Q27">
+        <v>5</v>
+      </c>
+      <c r="R27">
+        <v>4</v>
+      </c>
+      <c r="S27">
+        <v>5</v>
+      </c>
+      <c r="T27">
+        <v>5</v>
+      </c>
+      <c r="U27">
+        <v>5</v>
+      </c>
+      <c r="V27">
+        <v>5</v>
+      </c>
+      <c r="W27">
         <v>6</v>
       </c>
-      <c r="X25">
-[...2 lines deleted...]
-      <c r="Y25">
+      <c r="X27">
+        <v>3</v>
+      </c>
+      <c r="Y27">
         <v>6</v>
       </c>
-      <c r="Z25">
-[...2 lines deleted...]
-      <c r="AA25">
+      <c r="Z27">
+        <v>5</v>
+      </c>
+      <c r="AA27">
         <v>6</v>
       </c>
-      <c r="AB25">
+      <c r="AB27">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
-    <ignoredError numberStoredAsText="1" sqref="A1:AB25"/>
+    <ignoredError numberStoredAsText="1" sqref="A1:AB27"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
 </Properties>
 </file>
 