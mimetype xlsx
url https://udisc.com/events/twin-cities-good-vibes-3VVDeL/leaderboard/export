--- v0 (2026-01-29)
+++ v1 (2026-03-05)
@@ -1621,51 +1621,51 @@
       <c r="A14" t="str">
         <v>Viber</v>
       </c>
       <c r="B14" t="str">
         <v>1</v>
       </c>
       <c r="C14">
         <v>1</v>
       </c>
       <c r="D14" t="str">
         <v>Andy P Peterson</v>
       </c>
       <c r="E14">
         <v>8</v>
       </c>
       <c r="F14">
         <v>67</v>
       </c>
       <c r="G14">
         <v>1</v>
       </c>
       <c r="H14">
         <v>165406</v>
       </c>
       <c r="I14" t="str">
-        <v>andyppeterson</v>
+        <v>youdownwithapp</v>
       </c>
       <c r="J14">
         <v>8</v>
       </c>
       <c r="K14">
         <v>67</v>
       </c>
       <c r="L14">
         <v>5</v>
       </c>
       <c r="M14">
         <v>4</v>
       </c>
       <c r="N14">
         <v>2</v>
       </c>
       <c r="O14">
         <v>4</v>
       </c>
       <c r="P14">
         <v>3</v>
       </c>
       <c r="Q14">
         <v>6</v>
       </c>