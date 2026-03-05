--- v1 (2026-01-11)
+++ v2 (2026-03-05)
@@ -2047,51 +2047,51 @@
       <c r="A19" t="str">
         <v>ADV</v>
       </c>
       <c r="B19" t="str">
         <v>7</v>
       </c>
       <c r="C19">
         <v>7</v>
       </c>
       <c r="D19" t="str">
         <v>Andy P Peterson</v>
       </c>
       <c r="E19">
         <v>1</v>
       </c>
       <c r="F19">
         <v>55</v>
       </c>
       <c r="G19">
         <v>1</v>
       </c>
       <c r="H19">
         <v>165406</v>
       </c>
       <c r="I19" t="str">
-        <v>andyppeterson</v>
+        <v>youdownwithapp</v>
       </c>
       <c r="J19">
         <v>1</v>
       </c>
       <c r="K19">
         <v>55</v>
       </c>
       <c r="L19">
         <v>3</v>
       </c>
       <c r="M19">
         <v>3</v>
       </c>
       <c r="N19">
         <v>3</v>
       </c>
       <c r="O19">
         <v>3</v>
       </c>
       <c r="P19">
         <v>3</v>
       </c>
       <c r="Q19">
         <v>2</v>
       </c>