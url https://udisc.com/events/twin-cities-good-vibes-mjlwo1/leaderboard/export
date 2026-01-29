--- v0 (2025-12-19)
+++ v1 (2026-01-29)
@@ -2202,50 +2202,53 @@
         <v>4</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>REC</v>
       </c>
       <c r="B19" t="str">
         <v>2</v>
       </c>
       <c r="C19">
         <v>2</v>
       </c>
       <c r="D19" t="str">
         <v>Tommy Kenote</v>
       </c>
       <c r="E19">
         <v>27</v>
       </c>
       <c r="F19">
         <v>98</v>
       </c>
       <c r="G19">
         <v>1</v>
       </c>
+      <c r="H19">
+        <v>319650</v>
+      </c>
       <c r="I19" t="str">
         <v>tkenote</v>
       </c>
       <c r="J19">
         <v>27</v>
       </c>
       <c r="K19">
         <v>98</v>
       </c>
       <c r="L19">
         <v>5</v>
       </c>
       <c r="M19">
         <v>4</v>
       </c>
       <c r="N19">
         <v>4</v>
       </c>
       <c r="O19">
         <v>6</v>
       </c>
       <c r="P19">
         <v>4</v>
       </c>
       <c r="Q19">