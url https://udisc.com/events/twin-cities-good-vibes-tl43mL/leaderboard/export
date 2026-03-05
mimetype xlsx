--- v0 (2026-01-10)
+++ v1 (2026-03-05)
@@ -1961,51 +1961,51 @@
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>INT</v>
       </c>
       <c r="B16" t="str">
         <v>1</v>
       </c>
       <c r="C16">
         <v>1</v>
       </c>
       <c r="D16" t="str">
         <v>Stretch</v>
       </c>
       <c r="E16">
         <v>-2</v>
       </c>
       <c r="F16">
         <v>67</v>
       </c>
       <c r="G16">
         <v>1</v>
       </c>
       <c r="I16" t="str">
-        <v>nwo4life</v>
+        <v>stretchhh</v>
       </c>
       <c r="J16">
         <v>-2</v>
       </c>
       <c r="K16">
         <v>67</v>
       </c>
       <c r="L16">
         <v>5</v>
       </c>
       <c r="M16">
         <v>3</v>
       </c>
       <c r="N16">
         <v>3</v>
       </c>
       <c r="O16">
         <v>4</v>
       </c>
       <c r="P16">
         <v>4</v>
       </c>
       <c r="Q16">
         <v>2</v>
       </c>
@@ -3342,51 +3342,51 @@
       <c r="A30" t="str">
         <v>Viber</v>
       </c>
       <c r="B30" t="str">
         <v>1</v>
       </c>
       <c r="C30">
         <v>1</v>
       </c>
       <c r="D30" t="str">
         <v>Andy P Peterson</v>
       </c>
       <c r="E30">
         <v>-7</v>
       </c>
       <c r="F30">
         <v>62</v>
       </c>
       <c r="G30">
         <v>1</v>
       </c>
       <c r="H30">
         <v>165406</v>
       </c>
       <c r="I30" t="str">
-        <v>andyppeterson</v>
+        <v>youdownwithapp</v>
       </c>
       <c r="J30">
         <v>-7</v>
       </c>
       <c r="K30">
         <v>62</v>
       </c>
       <c r="L30">
         <v>4</v>
       </c>
       <c r="M30">
         <v>3</v>
       </c>
       <c r="N30">
         <v>2</v>
       </c>
       <c r="O30">
         <v>3</v>
       </c>
       <c r="P30">
         <v>3</v>
       </c>
       <c r="Q30">
         <v>2</v>
       </c>