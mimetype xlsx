--- v0 (2026-01-29)
+++ v1 (2026-03-05)
@@ -4223,51 +4223,51 @@
       <c r="A38" t="str">
         <v>Viber</v>
       </c>
       <c r="B38" t="str">
         <v>1</v>
       </c>
       <c r="C38">
         <v>1</v>
       </c>
       <c r="D38" t="str">
         <v>Andy P Peterson</v>
       </c>
       <c r="E38">
         <v>0</v>
       </c>
       <c r="F38">
         <v>77</v>
       </c>
       <c r="G38">
         <v>1</v>
       </c>
       <c r="H38">
         <v>165406</v>
       </c>
       <c r="I38" t="str">
-        <v>andyppeterson</v>
+        <v>youdownwithapp</v>
       </c>
       <c r="J38">
         <v>0</v>
       </c>
       <c r="K38">
         <v>77</v>
       </c>
       <c r="L38">
         <v>2</v>
       </c>
       <c r="M38">
         <v>4</v>
       </c>
       <c r="N38">
         <v>3</v>
       </c>
       <c r="O38">
         <v>4</v>
       </c>
       <c r="P38">
         <v>3</v>
       </c>
       <c r="Q38">
         <v>2</v>
       </c>