--- v0 (2026-01-29)
+++ v1 (2026-03-05)
@@ -3496,51 +3496,51 @@
       <c r="A32" t="str">
         <v>Viber</v>
       </c>
       <c r="B32" t="str">
         <v>T1</v>
       </c>
       <c r="C32">
         <v>1</v>
       </c>
       <c r="D32" t="str">
         <v>Andy P Peterson</v>
       </c>
       <c r="E32">
         <v>-2</v>
       </c>
       <c r="F32">
         <v>70</v>
       </c>
       <c r="G32">
         <v>1</v>
       </c>
       <c r="H32">
         <v>165406</v>
       </c>
       <c r="I32" t="str">
-        <v>andyppeterson</v>
+        <v>youdownwithapp</v>
       </c>
       <c r="J32">
         <v>-2</v>
       </c>
       <c r="K32">
         <v>70</v>
       </c>
       <c r="L32">
         <v>4</v>
       </c>
       <c r="M32">
         <v>4</v>
       </c>
       <c r="N32">
         <v>4</v>
       </c>
       <c r="O32">
         <v>3</v>
       </c>
       <c r="P32">
         <v>3</v>
       </c>
       <c r="Q32">
         <v>4</v>
       </c>