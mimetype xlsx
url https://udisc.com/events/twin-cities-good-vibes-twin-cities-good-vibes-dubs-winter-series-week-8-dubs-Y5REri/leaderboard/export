--- v0 (2026-02-15)
+++ v1 (2026-03-26)
@@ -410,51 +410,51 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AK11"/>
+  <dimension ref="A1:AK12"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" width="8.83203125" customWidth="1"/>
     <col min="2" max="2" width="8.83203125" customWidth="1"/>
     <col min="3" max="3" width="12.83203125" customWidth="1"/>
     <col min="4" max="4" width="20.83203125" customWidth="1"/>
     <col min="5" max="5" width="20.83203125" customWidth="1"/>
     <col min="6" max="6" width="17.83203125" customWidth="1"/>
     <col min="7" max="7" width="12.83203125" customWidth="1"/>
     <col min="8" max="8" width="11.83203125" customWidth="1"/>
     <col min="9" max="9" width="9.83203125" customWidth="1"/>
     <col min="10" max="10" width="20.83203125" customWidth="1"/>
     <col min="11" max="11" width="17.83203125" customWidth="1"/>
     <col min="12" max="12" width="6.83203125" customWidth="1"/>
     <col min="13" max="13" width="6.83203125" customWidth="1"/>
     <col min="14" max="14" width="6.83203125" customWidth="1"/>
     <col min="15" max="15" width="6.83203125" customWidth="1"/>
     <col min="16" max="16" width="7.83203125" customWidth="1"/>
     <col min="17" max="17" width="6.83203125" customWidth="1"/>
     <col min="18" max="18" width="6.83203125" customWidth="1"/>
     <col min="19" max="19" width="7.83203125" customWidth="1"/>
     <col min="20" max="20" width="7.83203125" customWidth="1"/>
     <col min="21" max="21" width="10.83203125" customWidth="1"/>
@@ -572,818 +572,1177 @@
       </c>
       <c r="AF1" t="str">
         <v>hole_17</v>
       </c>
       <c r="AG1" t="str">
         <v>hole_T6</v>
       </c>
       <c r="AH1" t="str">
         <v>hole_18</v>
       </c>
       <c r="AI1" t="str">
         <v>hole_T-2</v>
       </c>
       <c r="AJ1" t="str">
         <v>hole_T-1</v>
       </c>
       <c r="AK1" t="str">
         <v>hole_T7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>Viber</v>
       </c>
       <c r="B2" t="str">
-        <v>1</v>
+        <v>T1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
-        <v>Tim Arterberry  &amp; Jason Riddersen</v>
+        <v>Diego Gonzalez &amp; Joe Oscarson</v>
       </c>
       <c r="E2">
-        <v>-12</v>
+        <v>-14</v>
       </c>
       <c r="F2">
-        <v>37</v>
+        <v>65</v>
       </c>
       <c r="G2">
         <v>1</v>
       </c>
       <c r="I2" t="str">
-        <v>timarterberry,riddy10</v>
+        <v>diegog123,noordinaryjoe</v>
       </c>
       <c r="J2">
-        <v>-12</v>
+        <v>-14</v>
       </c>
       <c r="K2">
-        <v>37</v>
+        <v>65</v>
+      </c>
+      <c r="L2">
+        <v>3</v>
+      </c>
+      <c r="M2">
+        <v>3</v>
       </c>
       <c r="N2">
         <v>2</v>
       </c>
       <c r="O2">
         <v>2</v>
       </c>
       <c r="P2">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q2">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R2">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S2">
         <v>3</v>
       </c>
       <c r="T2">
         <v>3</v>
       </c>
       <c r="U2">
         <v>2</v>
       </c>
       <c r="V2">
         <v>2</v>
       </c>
       <c r="W2">
         <v>2</v>
       </c>
       <c r="X2">
         <v>2</v>
       </c>
       <c r="Y2">
         <v>2</v>
       </c>
       <c r="Z2">
         <v>2</v>
       </c>
       <c r="AA2">
         <v>3</v>
       </c>
       <c r="AB2">
         <v>3</v>
       </c>
       <c r="AC2">
-        <v>3</v>
+        <v>2</v>
+      </c>
+      <c r="AD2">
+        <v>2</v>
+      </c>
+      <c r="AE2">
+        <v>2</v>
+      </c>
+      <c r="AF2">
+        <v>3</v>
+      </c>
+      <c r="AG2">
+        <v>3</v>
+      </c>
+      <c r="AH2">
+        <v>3</v>
+      </c>
+      <c r="AI2">
+        <v>3</v>
+      </c>
+      <c r="AJ2">
+        <v>2</v>
+      </c>
+      <c r="AK2">
+        <v>2</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>Viber</v>
       </c>
       <c r="B3" t="str">
-        <v>2</v>
+        <v>T1</v>
       </c>
       <c r="C3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D3" t="str">
-        <v>Diego Gonzalez &amp; Joe Oscarson</v>
+        <v>Scheuney &amp; Tanner Smith</v>
       </c>
       <c r="E3">
-        <v>-10</v>
+        <v>-14</v>
       </c>
       <c r="F3">
-        <v>39</v>
+        <v>65</v>
       </c>
       <c r="G3">
         <v>1</v>
       </c>
       <c r="I3" t="str">
-        <v>diegog123,noordinaryjoe</v>
+        <v>scheuney22,tantheman</v>
       </c>
       <c r="J3">
-        <v>-10</v>
+        <v>-14</v>
       </c>
       <c r="K3">
-        <v>39</v>
+        <v>65</v>
+      </c>
+      <c r="L3">
+        <v>2</v>
+      </c>
+      <c r="M3">
+        <v>3</v>
+      </c>
+      <c r="N3">
+        <v>3</v>
+      </c>
+      <c r="O3">
+        <v>2</v>
       </c>
       <c r="P3">
         <v>3</v>
       </c>
       <c r="Q3">
         <v>3</v>
       </c>
       <c r="R3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S3">
         <v>3</v>
       </c>
       <c r="T3">
         <v>3</v>
       </c>
       <c r="U3">
         <v>2</v>
       </c>
       <c r="V3">
         <v>2</v>
       </c>
       <c r="W3">
         <v>2</v>
       </c>
       <c r="X3">
         <v>2</v>
       </c>
       <c r="Y3">
         <v>2</v>
       </c>
       <c r="Z3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA3">
         <v>3</v>
       </c>
       <c r="AB3">
         <v>3</v>
       </c>
       <c r="AC3">
         <v>2</v>
       </c>
       <c r="AD3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AE3">
+        <v>3</v>
+      </c>
+      <c r="AF3">
+        <v>2</v>
+      </c>
+      <c r="AG3">
+        <v>2</v>
+      </c>
+      <c r="AH3">
+        <v>3</v>
+      </c>
+      <c r="AI3">
+        <v>3</v>
+      </c>
+      <c r="AJ3">
+        <v>2</v>
+      </c>
+      <c r="AK3">
         <v>2</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>Viber</v>
       </c>
       <c r="B4" t="str">
-        <v>3</v>
+        <v>T1</v>
       </c>
       <c r="C4">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D4" t="str">
-        <v>Scheuney &amp; Tanner Smith</v>
+        <v>Tim Arterberry  &amp; Jason Riddersen</v>
       </c>
       <c r="E4">
-        <v>-8</v>
+        <v>-14</v>
       </c>
       <c r="F4">
-        <v>41</v>
+        <v>65</v>
       </c>
       <c r="G4">
         <v>1</v>
       </c>
       <c r="I4" t="str">
-        <v>scheuney22,tantheman</v>
+        <v>timarterberry,riddy10</v>
       </c>
       <c r="J4">
-        <v>-8</v>
+        <v>-14</v>
       </c>
       <c r="K4">
-        <v>41</v>
+        <v>65</v>
+      </c>
+      <c r="L4">
+        <v>2</v>
       </c>
       <c r="M4">
         <v>3</v>
       </c>
       <c r="N4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O4">
         <v>2</v>
       </c>
       <c r="P4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R4">
         <v>2</v>
       </c>
       <c r="S4">
         <v>3</v>
       </c>
       <c r="T4">
         <v>3</v>
       </c>
       <c r="U4">
         <v>2</v>
       </c>
       <c r="V4">
         <v>2</v>
       </c>
       <c r="W4">
         <v>2</v>
       </c>
       <c r="X4">
         <v>2</v>
       </c>
       <c r="Y4">
         <v>2</v>
       </c>
       <c r="Z4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA4">
         <v>3</v>
       </c>
       <c r="AB4">
         <v>3</v>
+      </c>
+      <c r="AC4">
+        <v>3</v>
+      </c>
+      <c r="AD4">
+        <v>3</v>
+      </c>
+      <c r="AE4">
+        <v>2</v>
+      </c>
+      <c r="AF4">
+        <v>2</v>
+      </c>
+      <c r="AG4">
+        <v>3</v>
+      </c>
+      <c r="AH4">
+        <v>3</v>
+      </c>
+      <c r="AI4">
+        <v>3</v>
+      </c>
+      <c r="AJ4">
+        <v>3</v>
+      </c>
+      <c r="AK4">
+        <v>4</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>Viber</v>
       </c>
       <c r="B5" t="str">
         <v>T4</v>
       </c>
       <c r="C5">
         <v>4</v>
       </c>
       <c r="D5" t="str">
-        <v>Stretch &amp; Jason gorden</v>
+        <v>Glen Bruhschwein &amp; Elliott steele</v>
       </c>
       <c r="E5">
-        <v>-6</v>
+        <v>-11</v>
       </c>
       <c r="F5">
-        <v>36</v>
+        <v>68</v>
       </c>
       <c r="G5">
         <v>1</v>
       </c>
       <c r="I5" t="str">
-        <v>stretchhh,fattyj420</v>
+        <v>glenbruhschwein,elliotts</v>
       </c>
       <c r="J5">
-        <v>-6</v>
+        <v>-11</v>
       </c>
       <c r="K5">
-        <v>36</v>
+        <v>68</v>
       </c>
       <c r="L5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M5">
         <v>3</v>
       </c>
       <c r="N5">
         <v>2</v>
       </c>
       <c r="O5">
         <v>3</v>
       </c>
       <c r="P5">
         <v>2</v>
       </c>
       <c r="Q5">
         <v>3</v>
       </c>
       <c r="R5">
         <v>3</v>
       </c>
       <c r="S5">
         <v>3</v>
       </c>
       <c r="T5">
         <v>3</v>
       </c>
       <c r="U5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X5">
         <v>2</v>
       </c>
+      <c r="Y5">
+        <v>4</v>
+      </c>
+      <c r="Z5">
+        <v>2</v>
+      </c>
+      <c r="AA5">
+        <v>3</v>
+      </c>
+      <c r="AB5">
+        <v>4</v>
+      </c>
+      <c r="AC5">
+        <v>2</v>
+      </c>
+      <c r="AD5">
+        <v>2</v>
+      </c>
+      <c r="AE5">
+        <v>2</v>
+      </c>
+      <c r="AF5">
+        <v>2</v>
+      </c>
+      <c r="AG5">
+        <v>2</v>
+      </c>
+      <c r="AH5">
+        <v>3</v>
+      </c>
+      <c r="AI5">
+        <v>3</v>
+      </c>
+      <c r="AJ5">
+        <v>2</v>
+      </c>
       <c r="AK5">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>Viber</v>
       </c>
       <c r="B6" t="str">
         <v>T4</v>
       </c>
       <c r="C6">
         <v>4</v>
       </c>
       <c r="D6" t="str">
-        <v>Ernest steckman &amp; Sierra Batalden</v>
+        <v>Tyler German</v>
       </c>
       <c r="E6">
-        <v>-6</v>
+        <v>-11</v>
       </c>
       <c r="F6">
-        <v>43</v>
+        <v>68</v>
       </c>
       <c r="G6">
         <v>1</v>
       </c>
       <c r="I6" t="str">
-        <v>enozane,sbatalden</v>
+        <v>tygerman</v>
       </c>
       <c r="J6">
-        <v>-6</v>
+        <v>-11</v>
       </c>
       <c r="K6">
-        <v>43</v>
+        <v>68</v>
+      </c>
+      <c r="L6">
+        <v>2</v>
       </c>
       <c r="M6">
         <v>3</v>
       </c>
       <c r="N6">
         <v>2</v>
       </c>
       <c r="O6">
         <v>2</v>
       </c>
       <c r="P6">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q6">
         <v>3</v>
       </c>
       <c r="R6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S6">
         <v>3</v>
       </c>
       <c r="T6">
         <v>3</v>
       </c>
       <c r="U6">
         <v>2</v>
       </c>
       <c r="V6">
         <v>3</v>
       </c>
       <c r="W6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X6">
         <v>2</v>
       </c>
       <c r="Y6">
+        <v>3</v>
+      </c>
+      <c r="Z6">
+        <v>3</v>
+      </c>
+      <c r="AA6">
+        <v>3</v>
+      </c>
+      <c r="AB6">
         <v>4</v>
       </c>
-      <c r="Z6">
-[...6 lines deleted...]
-        <v>3</v>
+      <c r="AC6">
+        <v>2</v>
+      </c>
+      <c r="AD6">
+        <v>3</v>
+      </c>
+      <c r="AE6">
+        <v>2</v>
+      </c>
+      <c r="AF6">
+        <v>2</v>
+      </c>
+      <c r="AG6">
+        <v>2</v>
+      </c>
+      <c r="AH6">
+        <v>3</v>
+      </c>
+      <c r="AI6">
+        <v>3</v>
+      </c>
+      <c r="AJ6">
+        <v>3</v>
+      </c>
+      <c r="AK6">
+        <v>2</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>Viber</v>
       </c>
       <c r="B7" t="str">
-        <v>6</v>
+        <v>T6</v>
       </c>
       <c r="C7">
         <v>6</v>
       </c>
       <c r="D7" t="str">
-        <v>Josh Caldwell &amp; Dominick Dake</v>
+        <v>Brendan Skarpness &amp; Jake Henegar</v>
       </c>
       <c r="E7">
-        <v>-5</v>
+        <v>-10</v>
       </c>
       <c r="F7">
-        <v>37</v>
+        <v>69</v>
       </c>
       <c r="G7">
         <v>1</v>
       </c>
       <c r="I7" t="str">
-        <v>withthemustache,domputtsfor4</v>
+        <v>bosman201,jhenegar243</v>
       </c>
       <c r="J7">
-        <v>-5</v>
+        <v>-10</v>
       </c>
       <c r="K7">
-        <v>37</v>
+        <v>69</v>
       </c>
       <c r="L7">
         <v>2</v>
       </c>
       <c r="M7">
         <v>3</v>
       </c>
       <c r="N7">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="O7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q7">
         <v>3</v>
       </c>
       <c r="R7">
         <v>3</v>
       </c>
       <c r="S7">
+        <v>3</v>
+      </c>
+      <c r="T7">
+        <v>3</v>
+      </c>
+      <c r="U7">
+        <v>3</v>
+      </c>
+      <c r="V7">
+        <v>3</v>
+      </c>
+      <c r="W7">
+        <v>2</v>
+      </c>
+      <c r="X7">
+        <v>2</v>
+      </c>
+      <c r="Y7">
+        <v>3</v>
+      </c>
+      <c r="Z7">
+        <v>3</v>
+      </c>
+      <c r="AA7">
+        <v>3</v>
+      </c>
+      <c r="AB7">
         <v>4</v>
       </c>
-      <c r="T7">
-[...11 lines deleted...]
-      <c r="X7">
+      <c r="AC7">
+        <v>2</v>
+      </c>
+      <c r="AD7">
+        <v>2</v>
+      </c>
+      <c r="AE7">
+        <v>2</v>
+      </c>
+      <c r="AF7">
+        <v>2</v>
+      </c>
+      <c r="AG7">
+        <v>3</v>
+      </c>
+      <c r="AH7">
+        <v>3</v>
+      </c>
+      <c r="AI7">
+        <v>3</v>
+      </c>
+      <c r="AJ7">
         <v>2</v>
       </c>
       <c r="AK7">
-        <v>4</v>
+        <v>2</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>Viber</v>
       </c>
       <c r="B8" t="str">
-        <v>T7</v>
+        <v>T6</v>
       </c>
       <c r="C8">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="D8" t="str">
-        <v>Brendan Skarpness &amp; Jake Henegar</v>
+        <v>Ernest steckman &amp; Sierra Batalden</v>
       </c>
       <c r="E8">
-        <v>-4</v>
+        <v>-10</v>
       </c>
       <c r="F8">
-        <v>38</v>
+        <v>69</v>
       </c>
       <c r="G8">
         <v>1</v>
       </c>
       <c r="I8" t="str">
-        <v>bosman201,jhenegar243</v>
+        <v>enozane,sbatalden</v>
       </c>
       <c r="J8">
-        <v>-4</v>
+        <v>-10</v>
       </c>
       <c r="K8">
-        <v>38</v>
+        <v>69</v>
       </c>
       <c r="L8">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="M8">
         <v>3</v>
       </c>
       <c r="N8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O8">
         <v>2</v>
       </c>
       <c r="P8">
         <v>3</v>
       </c>
       <c r="Q8">
         <v>3</v>
       </c>
       <c r="R8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S8">
         <v>3</v>
       </c>
       <c r="T8">
         <v>3</v>
       </c>
       <c r="U8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V8">
         <v>3</v>
       </c>
       <c r="W8">
         <v>2</v>
       </c>
       <c r="X8">
         <v>2</v>
       </c>
       <c r="Y8">
+        <v>4</v>
+      </c>
+      <c r="Z8">
+        <v>2</v>
+      </c>
+      <c r="AA8">
+        <v>4</v>
+      </c>
+      <c r="AB8">
+        <v>3</v>
+      </c>
+      <c r="AC8">
+        <v>2</v>
+      </c>
+      <c r="AD8">
+        <v>2</v>
+      </c>
+      <c r="AE8">
+        <v>2</v>
+      </c>
+      <c r="AF8">
+        <v>2</v>
+      </c>
+      <c r="AG8">
+        <v>3</v>
+      </c>
+      <c r="AH8">
+        <v>3</v>
+      </c>
+      <c r="AI8">
+        <v>3</v>
+      </c>
+      <c r="AJ8">
+        <v>2</v>
+      </c>
+      <c r="AK8">
         <v>3</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>Viber</v>
       </c>
       <c r="B9" t="str">
-        <v>T7</v>
+        <v>T6</v>
       </c>
       <c r="C9">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="D9" t="str">
-        <v>Tyler German</v>
+        <v>Josh Caldwell &amp; Dominick Dake</v>
       </c>
       <c r="E9">
-        <v>-4</v>
+        <v>-10</v>
       </c>
       <c r="F9">
-        <v>39</v>
+        <v>69</v>
       </c>
       <c r="G9">
         <v>1</v>
       </c>
       <c r="I9" t="str">
-        <v>tygerman</v>
+        <v>withthemustache,domputtsfor4</v>
       </c>
       <c r="J9">
-        <v>-4</v>
+        <v>-10</v>
       </c>
       <c r="K9">
-        <v>39</v>
+        <v>69</v>
+      </c>
+      <c r="L9">
+        <v>2</v>
+      </c>
+      <c r="M9">
+        <v>3</v>
+      </c>
+      <c r="N9">
+        <v>1</v>
+      </c>
+      <c r="O9">
+        <v>3</v>
       </c>
       <c r="P9">
         <v>2</v>
       </c>
       <c r="Q9">
         <v>3</v>
       </c>
       <c r="R9">
         <v>3</v>
       </c>
       <c r="S9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U9">
         <v>2</v>
       </c>
       <c r="V9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X9">
         <v>2</v>
       </c>
       <c r="Y9">
         <v>3</v>
       </c>
       <c r="Z9">
         <v>3</v>
       </c>
       <c r="AA9">
         <v>3</v>
       </c>
       <c r="AB9">
+        <v>3</v>
+      </c>
+      <c r="AC9">
+        <v>2</v>
+      </c>
+      <c r="AD9">
+        <v>3</v>
+      </c>
+      <c r="AE9">
+        <v>2</v>
+      </c>
+      <c r="AF9">
+        <v>2</v>
+      </c>
+      <c r="AG9">
+        <v>3</v>
+      </c>
+      <c r="AH9">
+        <v>3</v>
+      </c>
+      <c r="AI9">
+        <v>3</v>
+      </c>
+      <c r="AJ9">
+        <v>2</v>
+      </c>
+      <c r="AK9">
         <v>4</v>
-      </c>
-[...1 lines deleted...]
-        <v>2</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>Viber</v>
       </c>
       <c r="B10" t="str">
-        <v>T7</v>
+        <v>9</v>
       </c>
       <c r="C10">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="D10" t="str">
-        <v xml:space="preserve">Tylor Chin &amp; Andrew Peterson </v>
+        <v>Stretch &amp; Jason gorden</v>
       </c>
       <c r="E10">
-        <v>-4</v>
+        <v>-9</v>
       </c>
       <c r="F10">
-        <v>45</v>
+        <v>70</v>
       </c>
       <c r="G10">
         <v>1</v>
       </c>
       <c r="I10" t="str">
-        <v>chin2024,drewskiefree</v>
+        <v>stretchhh,fattyj420</v>
       </c>
       <c r="J10">
-        <v>-4</v>
+        <v>-9</v>
       </c>
       <c r="K10">
-        <v>45</v>
+        <v>70</v>
+      </c>
+      <c r="L10">
+        <v>2</v>
+      </c>
+      <c r="M10">
+        <v>3</v>
       </c>
       <c r="N10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P10">
         <v>2</v>
       </c>
       <c r="Q10">
         <v>3</v>
       </c>
       <c r="R10">
         <v>3</v>
       </c>
       <c r="S10">
         <v>3</v>
       </c>
       <c r="T10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V10">
         <v>3</v>
       </c>
       <c r="W10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y10">
         <v>3</v>
       </c>
       <c r="Z10">
         <v>3</v>
       </c>
       <c r="AA10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AC10">
+        <v>3</v>
+      </c>
+      <c r="AD10">
+        <v>3</v>
+      </c>
+      <c r="AE10">
+        <v>2</v>
+      </c>
+      <c r="AF10">
+        <v>2</v>
+      </c>
+      <c r="AG10">
+        <v>3</v>
+      </c>
+      <c r="AH10">
+        <v>3</v>
+      </c>
+      <c r="AI10">
+        <v>3</v>
+      </c>
+      <c r="AJ10">
+        <v>3</v>
+      </c>
+      <c r="AK10">
         <v>3</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>Viber</v>
       </c>
       <c r="B11" t="str">
         <v>10</v>
       </c>
       <c r="C11">
         <v>10</v>
       </c>
       <c r="D11" t="str">
-        <v>Glen Bruhschwein &amp; Elliott steele</v>
+        <v xml:space="preserve">Tylor Chin &amp; Andrew Peterson </v>
       </c>
       <c r="E11">
-        <v>-3</v>
+        <v>-5</v>
       </c>
       <c r="F11">
-        <v>39</v>
+        <v>74</v>
       </c>
       <c r="G11">
         <v>1</v>
       </c>
       <c r="I11" t="str">
-        <v>glenbruhschwein,elliotts</v>
+        <v>chin2024,drewskiefree</v>
       </c>
       <c r="J11">
-        <v>-3</v>
+        <v>-5</v>
       </c>
       <c r="K11">
-        <v>39</v>
+        <v>74</v>
       </c>
       <c r="L11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M11">
         <v>3</v>
       </c>
       <c r="N11">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P11">
         <v>2</v>
       </c>
       <c r="Q11">
         <v>3</v>
       </c>
       <c r="R11">
         <v>3</v>
       </c>
       <c r="S11">
         <v>3</v>
       </c>
       <c r="T11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U11">
         <v>3</v>
       </c>
       <c r="V11">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W11">
         <v>3</v>
       </c>
       <c r="X11">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y11">
+        <v>3</v>
+      </c>
+      <c r="Z11">
+        <v>3</v>
+      </c>
+      <c r="AA11">
+        <v>2</v>
+      </c>
+      <c r="AB11">
         <v>4</v>
+      </c>
+      <c r="AC11">
+        <v>3</v>
+      </c>
+      <c r="AD11">
+        <v>3</v>
+      </c>
+      <c r="AE11">
+        <v>3</v>
+      </c>
+      <c r="AF11">
+        <v>2</v>
+      </c>
+      <c r="AG11">
+        <v>3</v>
+      </c>
+      <c r="AH11">
+        <v>3</v>
+      </c>
+      <c r="AI11">
+        <v>3</v>
+      </c>
+      <c r="AJ11">
+        <v>3</v>
+      </c>
+      <c r="AK11">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="str">
+        <v>Viber</v>
+      </c>
+      <c r="B12" t="str">
+        <v>DNF</v>
+      </c>
+      <c r="D12" t="str">
+        <v>Stretch &amp; Jason gorden</v>
+      </c>
+      <c r="E12">
+        <v>0</v>
+      </c>
+      <c r="F12">
+        <v>0</v>
+      </c>
+      <c r="G12">
+        <v>2</v>
+      </c>
+      <c r="I12" t="str">
+        <v>stretchhh,fattyj420</v>
+      </c>
+      <c r="J12">
+        <v>0</v>
+      </c>
+      <c r="K12">
+        <v>0</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
-    <ignoredError numberStoredAsText="1" sqref="A1:AK11"/>
+    <ignoredError numberStoredAsText="1" sqref="A1:AK12"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
 </Properties>
 </file>
 