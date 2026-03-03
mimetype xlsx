--- v0 (2025-10-19)
+++ v1 (2026-03-03)
@@ -822,51 +822,51 @@
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>MA3</v>
       </c>
       <c r="B5" t="str">
         <v>4</v>
       </c>
       <c r="C5">
         <v>4</v>
       </c>
       <c r="D5" t="str">
         <v>Tuvshintögs Agar</v>
       </c>
       <c r="E5">
         <v>0</v>
       </c>
       <c r="F5">
         <v>54</v>
       </c>
       <c r="G5">
         <v>1</v>
       </c>
       <c r="I5" t="str">
-        <v>agartnts1217</v>
+        <v>agartnts</v>
       </c>
       <c r="J5">
         <v>0</v>
       </c>
       <c r="K5">
         <v>54</v>
       </c>
       <c r="L5">
         <v>4</v>
       </c>
       <c r="M5">
         <v>3</v>
       </c>
       <c r="N5">
         <v>3</v>
       </c>
       <c r="O5">
         <v>2</v>
       </c>
       <c r="P5">
         <v>3</v>
       </c>
       <c r="Q5">
         <v>3</v>
       </c>