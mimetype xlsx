--- v0 (2025-10-19)
+++ v1 (2026-03-03)
@@ -1338,51 +1338,51 @@
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>MA3</v>
       </c>
       <c r="B11" t="str">
         <v>10</v>
       </c>
       <c r="C11">
         <v>10</v>
       </c>
       <c r="D11" t="str">
         <v>Agar Tuvshintugs</v>
       </c>
       <c r="E11">
         <v>24</v>
       </c>
       <c r="F11">
         <v>78</v>
       </c>
       <c r="G11">
         <v>1</v>
       </c>
       <c r="I11" t="str">
-        <v>agartnts1217</v>
+        <v>agartnts</v>
       </c>
       <c r="J11">
         <v>24</v>
       </c>
       <c r="K11">
         <v>78</v>
       </c>
       <c r="L11">
         <v>6</v>
       </c>
       <c r="M11">
         <v>3</v>
       </c>
       <c r="N11">
         <v>4</v>
       </c>
       <c r="O11">
         <v>4</v>
       </c>
       <c r="P11">
         <v>4</v>
       </c>
       <c r="Q11">
         <v>4</v>
       </c>