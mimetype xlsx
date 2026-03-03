--- v0 (2025-10-19)
+++ v1 (2026-03-03)
@@ -908,51 +908,51 @@
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>MA3</v>
       </c>
       <c r="B6" t="str">
         <v>T4</v>
       </c>
       <c r="C6">
         <v>4</v>
       </c>
       <c r="D6" t="str">
         <v>Tuvshintögs Agar</v>
       </c>
       <c r="E6">
         <v>8</v>
       </c>
       <c r="F6">
         <v>62</v>
       </c>
       <c r="G6">
         <v>1</v>
       </c>
       <c r="I6" t="str">
-        <v>agartnts1217</v>
+        <v>agartnts</v>
       </c>
       <c r="J6">
         <v>8</v>
       </c>
       <c r="K6">
         <v>62</v>
       </c>
       <c r="L6">
         <v>4</v>
       </c>
       <c r="M6">
         <v>4</v>
       </c>
       <c r="N6">
         <v>4</v>
       </c>
       <c r="O6">
         <v>3</v>
       </c>
       <c r="P6">
         <v>3</v>
       </c>
       <c r="Q6">
         <v>3</v>
       </c>