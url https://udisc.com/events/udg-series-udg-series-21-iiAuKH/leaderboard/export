--- v0 (2025-10-19)
+++ v1 (2026-03-03)
@@ -823,51 +823,51 @@
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>MA3</v>
       </c>
       <c r="B7" t="str">
         <v>6</v>
       </c>
       <c r="C7">
         <v>6</v>
       </c>
       <c r="D7" t="str">
         <v>Tuvshintögs Agar</v>
       </c>
       <c r="E7">
         <v>2</v>
       </c>
       <c r="F7">
         <v>29</v>
       </c>
       <c r="G7">
         <v>1</v>
       </c>
       <c r="I7" t="str">
-        <v>agartnts1217</v>
+        <v>agartnts</v>
       </c>
       <c r="J7">
         <v>2</v>
       </c>
       <c r="K7">
         <v>29</v>
       </c>
       <c r="L7">
         <v>3</v>
       </c>
       <c r="M7">
         <v>3</v>
       </c>
       <c r="N7">
         <v>3</v>
       </c>
       <c r="O7">
         <v>3</v>
       </c>
       <c r="P7">
         <v>3</v>
       </c>
       <c r="Q7">
         <v>3</v>
       </c>
@@ -1168,51 +1168,51 @@
       </c>
       <c r="T12">
         <v>3</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>MA3</v>
       </c>
       <c r="B13" t="str">
         <v>DUP</v>
       </c>
       <c r="D13" t="str">
         <v>Tuvshintögs Agar</v>
       </c>
       <c r="E13">
         <v>5</v>
       </c>
       <c r="F13">
         <v>32</v>
       </c>
       <c r="G13">
         <v>2</v>
       </c>
       <c r="I13" t="str">
-        <v>agartnts1217</v>
+        <v>agartnts</v>
       </c>
       <c r="J13">
         <v>5</v>
       </c>
       <c r="K13">
         <v>32</v>
       </c>
       <c r="L13">
         <v>3</v>
       </c>
       <c r="M13">
         <v>3</v>
       </c>
       <c r="N13">
         <v>3</v>
       </c>
       <c r="O13">
         <v>5</v>
       </c>
       <c r="P13">
         <v>3</v>
       </c>
       <c r="Q13">
         <v>4</v>
       </c>