--- v0 (2025-10-19)
+++ v1 (2026-03-03)
@@ -647,51 +647,51 @@
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>MA3</v>
       </c>
       <c r="B3" t="str">
         <v>2</v>
       </c>
       <c r="C3">
         <v>2</v>
       </c>
       <c r="D3" t="str">
         <v>Tuvshintögs Agar</v>
       </c>
       <c r="E3">
         <v>-2</v>
       </c>
       <c r="F3">
         <v>52</v>
       </c>
       <c r="G3">
         <v>1</v>
       </c>
       <c r="I3" t="str">
-        <v>agartnts1217</v>
+        <v>agartnts</v>
       </c>
       <c r="J3">
         <v>-2</v>
       </c>
       <c r="K3">
         <v>52</v>
       </c>
       <c r="L3">
         <v>2</v>
       </c>
       <c r="M3">
         <v>2</v>
       </c>
       <c r="N3">
         <v>3</v>
       </c>
       <c r="O3">
         <v>3</v>
       </c>
       <c r="P3">
         <v>4</v>
       </c>
       <c r="Q3">
         <v>3</v>
       </c>