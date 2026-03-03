--- v0 (2025-10-19)
+++ v1 (2026-03-03)
@@ -997,51 +997,51 @@
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>MA3</v>
       </c>
       <c r="B7" t="str">
         <v>T5</v>
       </c>
       <c r="C7">
         <v>5</v>
       </c>
       <c r="D7" t="str">
         <v>Tuvshintögs Agar</v>
       </c>
       <c r="E7">
         <v>1</v>
       </c>
       <c r="F7">
         <v>55</v>
       </c>
       <c r="G7">
         <v>1</v>
       </c>
       <c r="I7" t="str">
-        <v>agartnts1217</v>
+        <v>agartnts</v>
       </c>
       <c r="J7">
         <v>1</v>
       </c>
       <c r="K7">
         <v>55</v>
       </c>
       <c r="L7">
         <v>4</v>
       </c>
       <c r="M7">
         <v>3</v>
       </c>
       <c r="N7">
         <v>3</v>
       </c>
       <c r="O7">
         <v>4</v>
       </c>
       <c r="P7">
         <v>4</v>
       </c>
       <c r="Q7">
         <v>3</v>
       </c>