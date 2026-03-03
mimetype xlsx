--- v0 (2025-10-19)
+++ v1 (2026-03-03)
@@ -1080,51 +1080,51 @@
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>MA3</v>
       </c>
       <c r="B8" t="str">
         <v>7</v>
       </c>
       <c r="C8">
         <v>7</v>
       </c>
       <c r="D8" t="str">
         <v>Tuvshintögs Agar</v>
       </c>
       <c r="E8">
         <v>15</v>
       </c>
       <c r="F8">
         <v>69</v>
       </c>
       <c r="G8">
         <v>1</v>
       </c>
       <c r="I8" t="str">
-        <v>agartnts1217</v>
+        <v>agartnts</v>
       </c>
       <c r="J8">
         <v>15</v>
       </c>
       <c r="K8">
         <v>69</v>
       </c>
       <c r="L8">
         <v>5</v>
       </c>
       <c r="M8">
         <v>4</v>
       </c>
       <c r="N8">
         <v>5</v>
       </c>
       <c r="O8">
         <v>4</v>
       </c>
       <c r="P8">
         <v>4</v>
       </c>
       <c r="Q8">
         <v>4</v>
       </c>