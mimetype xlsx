--- v0 (2025-10-11)
+++ v1 (2025-12-01)
@@ -800,51 +800,51 @@
       </c>
       <c r="AB4">
         <v>3</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>Open</v>
       </c>
       <c r="B5" t="str">
         <v>T3</v>
       </c>
       <c r="C5">
         <v>3</v>
       </c>
       <c r="D5" t="str">
         <v>OB Ace</v>
       </c>
       <c r="E5">
         <v>-12</v>
       </c>
       <c r="F5">
         <v>47</v>
       </c>
       <c r="H5" t="str">
-        <v>sondresvartbekk,simenkarlsen1</v>
+        <v>simenkarlsen1,sondresvartbekk</v>
       </c>
       <c r="I5">
         <v>-12</v>
       </c>
       <c r="J5">
         <v>47</v>
       </c>
       <c r="K5">
         <v>3</v>
       </c>
       <c r="L5">
         <v>3</v>
       </c>
       <c r="M5">
         <v>3</v>
       </c>
       <c r="N5">
         <v>2</v>
       </c>
       <c r="O5">
         <v>2</v>
       </c>
       <c r="P5">
         <v>2</v>
       </c>
@@ -966,51 +966,51 @@
       </c>
       <c r="AB6">
         <v>2</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>Open</v>
       </c>
       <c r="B7" t="str">
         <v>6</v>
       </c>
       <c r="C7">
         <v>6</v>
       </c>
       <c r="D7" t="str">
         <v>To brødre som ikke er brødre</v>
       </c>
       <c r="E7">
         <v>-11</v>
       </c>
       <c r="F7">
         <v>48</v>
       </c>
       <c r="H7" t="str">
-        <v>markusbv,torvaga</v>
+        <v>torvaga,markusbv</v>
       </c>
       <c r="I7">
         <v>-11</v>
       </c>
       <c r="J7">
         <v>48</v>
       </c>
       <c r="K7">
         <v>3</v>
       </c>
       <c r="L7">
         <v>3</v>
       </c>
       <c r="M7">
         <v>2</v>
       </c>
       <c r="N7">
         <v>2</v>
       </c>
       <c r="O7">
         <v>2</v>
       </c>
       <c r="P7">
         <v>2</v>
       </c>
@@ -1298,51 +1298,51 @@
       </c>
       <c r="AB10">
         <v>3</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>Open</v>
       </c>
       <c r="B11" t="str">
         <v>T7</v>
       </c>
       <c r="C11">
         <v>7</v>
       </c>
       <c r="D11" t="str">
         <v>Team Dygano</v>
       </c>
       <c r="E11">
         <v>-10</v>
       </c>
       <c r="F11">
         <v>49</v>
       </c>
       <c r="H11" t="str">
-        <v>eriknordgard1,gaudyrn</v>
+        <v>gaudyrn,eriknordgard1</v>
       </c>
       <c r="I11">
         <v>-10</v>
       </c>
       <c r="J11">
         <v>49</v>
       </c>
       <c r="K11">
         <v>2</v>
       </c>
       <c r="L11">
         <v>3</v>
       </c>
       <c r="M11">
         <v>2</v>
       </c>
       <c r="N11">
         <v>3</v>
       </c>
       <c r="O11">
         <v>2</v>
       </c>
       <c r="P11">
         <v>3</v>
       </c>
@@ -1381,51 +1381,51 @@
       </c>
       <c r="AB11">
         <v>3</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>Open</v>
       </c>
       <c r="B12" t="str">
         <v>T7</v>
       </c>
       <c r="C12">
         <v>7</v>
       </c>
       <c r="D12" t="str">
         <v>🍄Team ErKe🍄</v>
       </c>
       <c r="E12">
         <v>-10</v>
       </c>
       <c r="F12">
         <v>49</v>
       </c>
       <c r="H12" t="str">
-        <v>eriklunde,kevintangen</v>
+        <v>kevintangen,eriklunde</v>
       </c>
       <c r="I12">
         <v>-10</v>
       </c>
       <c r="J12">
         <v>49</v>
       </c>
       <c r="K12">
         <v>3</v>
       </c>
       <c r="L12">
         <v>3</v>
       </c>
       <c r="M12">
         <v>3</v>
       </c>
       <c r="N12">
         <v>2</v>
       </c>
       <c r="O12">
         <v>2</v>
       </c>
       <c r="P12">
         <v>3</v>
       </c>
@@ -1464,51 +1464,51 @@
       </c>
       <c r="AB12">
         <v>3</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>Open</v>
       </c>
       <c r="B13" t="str">
         <v>T12</v>
       </c>
       <c r="C13">
         <v>12</v>
       </c>
       <c r="D13" t="str">
         <v>Gjøvik’s store sønn</v>
       </c>
       <c r="E13">
         <v>-9</v>
       </c>
       <c r="F13">
         <v>50</v>
       </c>
       <c r="H13" t="str">
-        <v>kasperols,kristofferand</v>
+        <v>kristofferand,kasperols</v>
       </c>
       <c r="I13">
         <v>-9</v>
       </c>
       <c r="J13">
         <v>50</v>
       </c>
       <c r="K13">
         <v>2</v>
       </c>
       <c r="L13">
         <v>3</v>
       </c>
       <c r="M13">
         <v>3</v>
       </c>
       <c r="N13">
         <v>3</v>
       </c>
       <c r="O13">
         <v>3</v>
       </c>
       <c r="P13">
         <v>3</v>
       </c>
@@ -1796,51 +1796,51 @@
       </c>
       <c r="AB16">
         <v>2</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>Open</v>
       </c>
       <c r="B17" t="str">
         <v>T15</v>
       </c>
       <c r="C17">
         <v>15</v>
       </c>
       <c r="D17" t="str">
         <v>Joachim og Fredrik</v>
       </c>
       <c r="E17">
         <v>-8</v>
       </c>
       <c r="F17">
         <v>51</v>
       </c>
       <c r="H17" t="str">
-        <v>josokla,fbjens</v>
+        <v>fbjens,josokla</v>
       </c>
       <c r="I17">
         <v>-8</v>
       </c>
       <c r="J17">
         <v>51</v>
       </c>
       <c r="K17">
         <v>3</v>
       </c>
       <c r="L17">
         <v>4</v>
       </c>
       <c r="M17">
         <v>2</v>
       </c>
       <c r="N17">
         <v>2</v>
       </c>
       <c r="O17">
         <v>2</v>
       </c>
       <c r="P17">
         <v>3</v>
       </c>
@@ -2045,51 +2045,51 @@
       </c>
       <c r="AB19">
         <v>3</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v>Open</v>
       </c>
       <c r="B20" t="str">
         <v>T19</v>
       </c>
       <c r="C20">
         <v>19</v>
       </c>
       <c r="D20" t="str">
         <v>Birdbogey</v>
       </c>
       <c r="E20">
         <v>-7</v>
       </c>
       <c r="F20">
         <v>52</v>
       </c>
       <c r="H20" t="str">
-        <v>puffet,sespens</v>
+        <v>sespens,puffet</v>
       </c>
       <c r="I20">
         <v>-7</v>
       </c>
       <c r="J20">
         <v>52</v>
       </c>
       <c r="K20">
         <v>3</v>
       </c>
       <c r="L20">
         <v>2</v>
       </c>
       <c r="M20">
         <v>3</v>
       </c>
       <c r="N20">
         <v>2</v>
       </c>
       <c r="O20">
         <v>2</v>
       </c>
       <c r="P20">
         <v>3</v>
       </c>
@@ -2128,51 +2128,51 @@
       </c>
       <c r="AB20">
         <v>4</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v>Open</v>
       </c>
       <c r="B21" t="str">
         <v>T19</v>
       </c>
       <c r="C21">
         <v>19</v>
       </c>
       <c r="D21" t="str">
         <v>Guttungen og far hass</v>
       </c>
       <c r="E21">
         <v>-7</v>
       </c>
       <c r="F21">
         <v>52</v>
       </c>
       <c r="H21" t="str">
-        <v>kochen77,tobias20009</v>
+        <v>tobias20009,kochen77</v>
       </c>
       <c r="I21">
         <v>-7</v>
       </c>
       <c r="J21">
         <v>52</v>
       </c>
       <c r="K21">
         <v>2</v>
       </c>
       <c r="L21">
         <v>3</v>
       </c>
       <c r="M21">
         <v>3</v>
       </c>
       <c r="N21">
         <v>2</v>
       </c>
       <c r="O21">
         <v>3</v>
       </c>
       <c r="P21">
         <v>3</v>
       </c>
@@ -2211,51 +2211,51 @@
       </c>
       <c r="AB21">
         <v>3</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
         <v>Open</v>
       </c>
       <c r="B22" t="str">
         <v>T19</v>
       </c>
       <c r="C22">
         <v>19</v>
       </c>
       <c r="D22" t="str">
         <v>Hengergjengen</v>
       </c>
       <c r="E22">
         <v>-7</v>
       </c>
       <c r="F22">
         <v>52</v>
       </c>
       <c r="H22" t="str">
-        <v>jorgenthegreat,chillaxe</v>
+        <v>chillaxe,jorgenthegreat</v>
       </c>
       <c r="I22">
         <v>-7</v>
       </c>
       <c r="J22">
         <v>52</v>
       </c>
       <c r="K22">
         <v>2</v>
       </c>
       <c r="L22">
         <v>3</v>
       </c>
       <c r="M22">
         <v>3</v>
       </c>
       <c r="N22">
         <v>2</v>
       </c>
       <c r="O22">
         <v>2</v>
       </c>
       <c r="P22">
         <v>2</v>
       </c>
@@ -2294,51 +2294,51 @@
       </c>
       <c r="AB22">
         <v>3</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
         <v>Open</v>
       </c>
       <c r="B23" t="str">
         <v>T19</v>
       </c>
       <c r="C23">
         <v>19</v>
       </c>
       <c r="D23" t="str">
         <v>Tangerudbakken putt &amp; approach</v>
       </c>
       <c r="E23">
         <v>-7</v>
       </c>
       <c r="F23">
         <v>52</v>
       </c>
       <c r="H23" t="str">
-        <v>nico293,kaieven</v>
+        <v>kaieven,nico293</v>
       </c>
       <c r="I23">
         <v>-7</v>
       </c>
       <c r="J23">
         <v>52</v>
       </c>
       <c r="K23">
         <v>3</v>
       </c>
       <c r="L23">
         <v>3</v>
       </c>
       <c r="M23">
         <v>2</v>
       </c>
       <c r="N23">
         <v>3</v>
       </c>
       <c r="O23">
         <v>3</v>
       </c>
       <c r="P23">
         <v>2</v>
       </c>
@@ -2377,51 +2377,51 @@
       </c>
       <c r="AB23">
         <v>3</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
         <v>Open</v>
       </c>
       <c r="B24" t="str">
         <v>T23</v>
       </c>
       <c r="C24">
         <v>23</v>
       </c>
       <c r="D24" t="str">
         <v>Chainsmokers</v>
       </c>
       <c r="E24">
         <v>-6</v>
       </c>
       <c r="F24">
         <v>53</v>
       </c>
       <c r="H24" t="str">
-        <v>sinnerud,sandyboy79</v>
+        <v>sandyboy79,sinnerud</v>
       </c>
       <c r="I24">
         <v>-6</v>
       </c>
       <c r="J24">
         <v>53</v>
       </c>
       <c r="K24">
         <v>3</v>
       </c>
       <c r="L24">
         <v>3</v>
       </c>
       <c r="M24">
         <v>3</v>
       </c>
       <c r="N24">
         <v>2</v>
       </c>
       <c r="O24">
         <v>2</v>
       </c>
       <c r="P24">
         <v>3</v>
       </c>
@@ -2460,51 +2460,51 @@
       </c>
       <c r="AB24">
         <v>4</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
         <v>Open</v>
       </c>
       <c r="B25" t="str">
         <v>T23</v>
       </c>
       <c r="C25">
         <v>23</v>
       </c>
       <c r="D25" t="str">
         <v>Ottersiv</v>
       </c>
       <c r="E25">
         <v>-6</v>
       </c>
       <c r="F25">
         <v>53</v>
       </c>
       <c r="H25" t="str">
-        <v>eldarsiv,ludvigotter</v>
+        <v>ludvigotter,eldarsiv</v>
       </c>
       <c r="I25">
         <v>-6</v>
       </c>
       <c r="J25">
         <v>53</v>
       </c>
       <c r="K25">
         <v>3</v>
       </c>
       <c r="L25">
         <v>3</v>
       </c>
       <c r="M25">
         <v>3</v>
       </c>
       <c r="N25">
         <v>2</v>
       </c>
       <c r="O25">
         <v>3</v>
       </c>
       <c r="P25">
         <v>2</v>
       </c>
@@ -2626,51 +2626,51 @@
       </c>
       <c r="AB26">
         <v>3</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="str">
         <v>Open</v>
       </c>
       <c r="B27" t="str">
         <v>T26</v>
       </c>
       <c r="C27">
         <v>26</v>
       </c>
       <c r="D27" t="str">
         <v>Stensrud/Linnerud</v>
       </c>
       <c r="E27">
         <v>-5</v>
       </c>
       <c r="F27">
         <v>54</v>
       </c>
       <c r="H27" t="str">
-        <v>linnerud,tormartins</v>
+        <v>tormartins,linnerud</v>
       </c>
       <c r="I27">
         <v>-5</v>
       </c>
       <c r="J27">
         <v>54</v>
       </c>
       <c r="K27">
         <v>3</v>
       </c>
       <c r="L27">
         <v>3</v>
       </c>
       <c r="M27">
         <v>3</v>
       </c>
       <c r="N27">
         <v>3</v>
       </c>
       <c r="O27">
         <v>3</v>
       </c>
       <c r="P27">
         <v>3</v>
       </c>
@@ -2875,51 +2875,51 @@
       </c>
       <c r="AB29">
         <v>3</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="str">
         <v>Open</v>
       </c>
       <c r="B30" t="str">
         <v>T28</v>
       </c>
       <c r="C30">
         <v>28</v>
       </c>
       <c r="D30" t="str">
         <v xml:space="preserve">Real buljong </v>
       </c>
       <c r="E30">
         <v>-4</v>
       </c>
       <c r="F30">
         <v>55</v>
       </c>
       <c r="H30" t="str">
-        <v>thomasskon,bigboy6911</v>
+        <v>bigboy6911,thomasskon</v>
       </c>
       <c r="I30">
         <v>-4</v>
       </c>
       <c r="J30">
         <v>55</v>
       </c>
       <c r="K30">
         <v>3</v>
       </c>
       <c r="L30">
         <v>4</v>
       </c>
       <c r="M30">
         <v>3</v>
       </c>
       <c r="N30">
         <v>2</v>
       </c>
       <c r="O30">
         <v>2</v>
       </c>
       <c r="P30">
         <v>2</v>
       </c>
@@ -3124,51 +3124,51 @@
       </c>
       <c r="AB32">
         <v>3</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="str">
         <v>Open</v>
       </c>
       <c r="B33" t="str">
         <v>T28</v>
       </c>
       <c r="C33">
         <v>28</v>
       </c>
       <c r="D33" t="str">
         <v>Team dobbel bogey</v>
       </c>
       <c r="E33">
         <v>-4</v>
       </c>
       <c r="F33">
         <v>55</v>
       </c>
       <c r="H33" t="str">
-        <v>tobbehansen,eklund144</v>
+        <v>eklund144,tobbehansen</v>
       </c>
       <c r="I33">
         <v>-4</v>
       </c>
       <c r="J33">
         <v>55</v>
       </c>
       <c r="K33">
         <v>2</v>
       </c>
       <c r="L33">
         <v>3</v>
       </c>
       <c r="M33">
         <v>3</v>
       </c>
       <c r="N33">
         <v>3</v>
       </c>
       <c r="O33">
         <v>3</v>
       </c>
       <c r="P33">
         <v>4</v>
       </c>
@@ -3207,51 +3207,51 @@
       </c>
       <c r="AB33">
         <v>3</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="str">
         <v>Open</v>
       </c>
       <c r="B34" t="str">
         <v>T28</v>
       </c>
       <c r="C34">
         <v>28</v>
       </c>
       <c r="D34" t="str">
         <v>Ærbæremæ</v>
       </c>
       <c r="E34">
         <v>-4</v>
       </c>
       <c r="F34">
         <v>55</v>
       </c>
       <c r="H34" t="str">
-        <v>erland01,zpiffy</v>
+        <v>zpiffy,erland01</v>
       </c>
       <c r="I34">
         <v>-4</v>
       </c>
       <c r="J34">
         <v>55</v>
       </c>
       <c r="K34">
         <v>3</v>
       </c>
       <c r="L34">
         <v>3</v>
       </c>
       <c r="M34">
         <v>3</v>
       </c>
       <c r="N34">
         <v>3</v>
       </c>
       <c r="O34">
         <v>3</v>
       </c>
       <c r="P34">
         <v>3</v>
       </c>
@@ -3373,51 +3373,51 @@
       </c>
       <c r="AB35">
         <v>3</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="str">
         <v>Open</v>
       </c>
       <c r="B36" t="str">
         <v>T34</v>
       </c>
       <c r="C36">
         <v>34</v>
       </c>
       <c r="D36" t="str">
         <v>Itte sånn vældig gode</v>
       </c>
       <c r="E36">
         <v>-3</v>
       </c>
       <c r="F36">
         <v>56</v>
       </c>
       <c r="H36" t="str">
-        <v>helgesenole,nikjoh06</v>
+        <v>nikjoh06,helgesenole</v>
       </c>
       <c r="I36">
         <v>-3</v>
       </c>
       <c r="J36">
         <v>56</v>
       </c>
       <c r="K36">
         <v>4</v>
       </c>
       <c r="L36">
         <v>3</v>
       </c>
       <c r="M36">
         <v>3</v>
       </c>
       <c r="N36">
         <v>2</v>
       </c>
       <c r="O36">
         <v>2</v>
       </c>
       <c r="P36">
         <v>3</v>
       </c>
@@ -3622,51 +3622,51 @@
       </c>
       <c r="AB38">
         <v>3</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="str">
         <v>Open</v>
       </c>
       <c r="B39" t="str">
         <v>T36</v>
       </c>
       <c r="C39">
         <v>36</v>
       </c>
       <c r="D39" t="str">
         <v>Brødrene Brothers</v>
       </c>
       <c r="E39">
         <v>-2</v>
       </c>
       <c r="F39">
         <v>57</v>
       </c>
       <c r="H39" t="str">
-        <v>jonmartin83,mrl1337</v>
+        <v>mrl1337,jonmartin83</v>
       </c>
       <c r="I39">
         <v>-2</v>
       </c>
       <c r="J39">
         <v>57</v>
       </c>
       <c r="K39">
         <v>3</v>
       </c>
       <c r="L39">
         <v>4</v>
       </c>
       <c r="M39">
         <v>3</v>
       </c>
       <c r="N39">
         <v>2</v>
       </c>
       <c r="O39">
         <v>3</v>
       </c>
       <c r="P39">
         <v>3</v>
       </c>
@@ -3871,51 +3871,51 @@
       </c>
       <c r="AB41">
         <v>3</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="str">
         <v>Open</v>
       </c>
       <c r="B42" t="str">
         <v>T36</v>
       </c>
       <c r="C42">
         <v>36</v>
       </c>
       <c r="D42" t="str">
         <v>Sniperen og slegga</v>
       </c>
       <c r="E42">
         <v>-2</v>
       </c>
       <c r="F42">
         <v>57</v>
       </c>
       <c r="H42" t="str">
-        <v>halvorovenstad,sindrerg98</v>
+        <v>sindrerg98,halvorovenstad</v>
       </c>
       <c r="I42">
         <v>-2</v>
       </c>
       <c r="J42">
         <v>57</v>
       </c>
       <c r="K42">
         <v>2</v>
       </c>
       <c r="L42">
         <v>4</v>
       </c>
       <c r="M42">
         <v>3</v>
       </c>
       <c r="N42">
         <v>3</v>
       </c>
       <c r="O42">
         <v>3</v>
       </c>
       <c r="P42">
         <v>3</v>
       </c>
@@ -3954,51 +3954,51 @@
       </c>
       <c r="AB42">
         <v>4</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="str">
         <v>Open</v>
       </c>
       <c r="B43" t="str">
         <v>T42</v>
       </c>
       <c r="C43">
         <v>42</v>
       </c>
       <c r="D43" t="str">
         <v>Beard &amp; Chainz</v>
       </c>
       <c r="E43">
         <v>-1</v>
       </c>
       <c r="F43">
         <v>58</v>
       </c>
       <c r="H43" t="str">
-        <v>svein93,hyzerman81</v>
+        <v>hyzerman81,svein93</v>
       </c>
       <c r="I43">
         <v>-1</v>
       </c>
       <c r="J43">
         <v>58</v>
       </c>
       <c r="K43">
         <v>3</v>
       </c>
       <c r="L43">
         <v>3</v>
       </c>
       <c r="M43">
         <v>3</v>
       </c>
       <c r="N43">
         <v>4</v>
       </c>
       <c r="O43">
         <v>3</v>
       </c>
       <c r="P43">
         <v>2</v>
       </c>
@@ -4037,51 +4037,51 @@
       </c>
       <c r="AB43">
         <v>4</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="str">
         <v>Open</v>
       </c>
       <c r="B44" t="str">
         <v>T42</v>
       </c>
       <c r="C44">
         <v>42</v>
       </c>
       <c r="D44" t="str">
         <v>Bogeybro’s</v>
       </c>
       <c r="E44">
         <v>-1</v>
       </c>
       <c r="F44">
         <v>58</v>
       </c>
       <c r="H44" t="str">
-        <v>sigbjørnø,janroger95</v>
+        <v>janroger95,sigbjørnø</v>
       </c>
       <c r="I44">
         <v>-1</v>
       </c>
       <c r="J44">
         <v>58</v>
       </c>
       <c r="K44">
         <v>3</v>
       </c>
       <c r="L44">
         <v>3</v>
       </c>
       <c r="M44">
         <v>2</v>
       </c>
       <c r="N44">
         <v>3</v>
       </c>
       <c r="O44">
         <v>3</v>
       </c>
       <c r="P44">
         <v>3</v>
       </c>
@@ -4120,51 +4120,51 @@
       </c>
       <c r="AB44">
         <v>3</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="str">
         <v>Open</v>
       </c>
       <c r="B45" t="str">
         <v>44</v>
       </c>
       <c r="C45">
         <v>44</v>
       </c>
       <c r="D45" t="str">
         <v xml:space="preserve">Bogeytrain </v>
       </c>
       <c r="E45">
         <v>0</v>
       </c>
       <c r="F45">
         <v>59</v>
       </c>
       <c r="H45" t="str">
-        <v>peddern,kimhaak</v>
+        <v>kimhaak,peddern</v>
       </c>
       <c r="I45">
         <v>0</v>
       </c>
       <c r="J45">
         <v>59</v>
       </c>
       <c r="K45">
         <v>3</v>
       </c>
       <c r="L45">
         <v>4</v>
       </c>
       <c r="M45">
         <v>3</v>
       </c>
       <c r="N45">
         <v>3</v>
       </c>
       <c r="O45">
         <v>2</v>
       </c>
       <c r="P45">
         <v>3</v>
       </c>
@@ -4203,51 +4203,51 @@
       </c>
       <c r="AB45">
         <v>3</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="str">
         <v>Open</v>
       </c>
       <c r="B46" t="str">
         <v>45</v>
       </c>
       <c r="C46">
         <v>45</v>
       </c>
       <c r="D46" t="str">
         <v>Kort og en lang</v>
       </c>
       <c r="E46">
         <v>1</v>
       </c>
       <c r="F46">
         <v>60</v>
       </c>
       <c r="H46" t="str">
-        <v>torbenberdal,haugom1</v>
+        <v>haugom1,torbenberdal</v>
       </c>
       <c r="I46">
         <v>1</v>
       </c>
       <c r="J46">
         <v>60</v>
       </c>
       <c r="K46">
         <v>3</v>
       </c>
       <c r="L46">
         <v>4</v>
       </c>
       <c r="M46">
         <v>2</v>
       </c>
       <c r="N46">
         <v>3</v>
       </c>
       <c r="O46">
         <v>3</v>
       </c>
       <c r="P46">
         <v>3</v>
       </c>
@@ -4369,51 +4369,51 @@
       </c>
       <c r="AB47">
         <v>3</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="str">
         <v>Mixed</v>
       </c>
       <c r="B48" t="str">
         <v>1</v>
       </c>
       <c r="C48">
         <v>1</v>
       </c>
       <c r="D48" t="str">
         <v>Fot vrikkerne</v>
       </c>
       <c r="E48">
         <v>-8</v>
       </c>
       <c r="F48">
         <v>51</v>
       </c>
       <c r="H48" t="str">
-        <v>eriksy07,håvardsyv</v>
+        <v>håvardsyv,eriksy07</v>
       </c>
       <c r="I48">
         <v>-8</v>
       </c>
       <c r="J48">
         <v>51</v>
       </c>
       <c r="K48">
         <v>3</v>
       </c>
       <c r="L48">
         <v>3</v>
       </c>
       <c r="M48">
         <v>3</v>
       </c>
       <c r="N48">
         <v>3</v>
       </c>
       <c r="O48">
         <v>3</v>
       </c>
       <c r="P48">
         <v>3</v>
       </c>
@@ -4535,51 +4535,51 @@
       </c>
       <c r="AB49">
         <v>3</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="str">
         <v>Mixed</v>
       </c>
       <c r="B50" t="str">
         <v>T2</v>
       </c>
       <c r="C50">
         <v>2</v>
       </c>
       <c r="D50" t="str">
         <v>KatjaKaj &amp; BenteBerit</v>
       </c>
       <c r="E50">
         <v>-7</v>
       </c>
       <c r="F50">
         <v>52</v>
       </c>
       <c r="H50" t="str">
-        <v>karenbech,henrikengh</v>
+        <v>henrikengh,karenbech</v>
       </c>
       <c r="I50">
         <v>-7</v>
       </c>
       <c r="J50">
         <v>52</v>
       </c>
       <c r="K50">
         <v>3</v>
       </c>
       <c r="L50">
         <v>3</v>
       </c>
       <c r="M50">
         <v>3</v>
       </c>
       <c r="N50">
         <v>3</v>
       </c>
       <c r="O50">
         <v>3</v>
       </c>
       <c r="P50">
         <v>2</v>
       </c>
@@ -4701,51 +4701,51 @@
       </c>
       <c r="AB51">
         <v>3</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="str">
         <v>Mixed</v>
       </c>
       <c r="B52" t="str">
         <v>5</v>
       </c>
       <c r="C52">
         <v>5</v>
       </c>
       <c r="D52" t="str">
         <v>Ace hunters</v>
       </c>
       <c r="E52">
         <v>-3</v>
       </c>
       <c r="F52">
         <v>56</v>
       </c>
       <c r="H52" t="str">
-        <v>lillehagen,maritaskaug</v>
+        <v>maritaskaug,lillehagen</v>
       </c>
       <c r="I52">
         <v>-3</v>
       </c>
       <c r="J52">
         <v>56</v>
       </c>
       <c r="K52">
         <v>3</v>
       </c>
       <c r="L52">
         <v>3</v>
       </c>
       <c r="M52">
         <v>3</v>
       </c>
       <c r="N52">
         <v>2</v>
       </c>
       <c r="O52">
         <v>2</v>
       </c>
       <c r="P52">
         <v>3</v>
       </c>
@@ -4784,51 +4784,51 @@
       </c>
       <c r="AB52">
         <v>4</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="str">
         <v>Mixed</v>
       </c>
       <c r="B53" t="str">
         <v>6</v>
       </c>
       <c r="C53">
         <v>6</v>
       </c>
       <c r="D53" t="str">
         <v>Team Andrevalg🥲</v>
       </c>
       <c r="E53">
         <v>-1</v>
       </c>
       <c r="F53">
         <v>58</v>
       </c>
       <c r="H53" t="str">
-        <v>adelinej,patrick02</v>
+        <v>patrick02,adelinej</v>
       </c>
       <c r="I53">
         <v>-1</v>
       </c>
       <c r="J53">
         <v>58</v>
       </c>
       <c r="K53">
         <v>3</v>
       </c>
       <c r="L53">
         <v>4</v>
       </c>
       <c r="M53">
         <v>3</v>
       </c>
       <c r="N53">
         <v>3</v>
       </c>
       <c r="O53">
         <v>3</v>
       </c>
       <c r="P53">
         <v>3</v>
       </c>