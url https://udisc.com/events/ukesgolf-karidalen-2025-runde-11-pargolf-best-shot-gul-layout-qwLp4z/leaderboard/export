--- v1 (2025-12-01)
+++ v2 (2026-01-31)
@@ -800,51 +800,51 @@
       </c>
       <c r="AB4">
         <v>3</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>Open</v>
       </c>
       <c r="B5" t="str">
         <v>T3</v>
       </c>
       <c r="C5">
         <v>3</v>
       </c>
       <c r="D5" t="str">
         <v>OB Ace</v>
       </c>
       <c r="E5">
         <v>-12</v>
       </c>
       <c r="F5">
         <v>47</v>
       </c>
       <c r="H5" t="str">
-        <v>simenkarlsen1,sondresvartbekk</v>
+        <v>sondresvartbekk,simenkarlsen1</v>
       </c>
       <c r="I5">
         <v>-12</v>
       </c>
       <c r="J5">
         <v>47</v>
       </c>
       <c r="K5">
         <v>3</v>
       </c>
       <c r="L5">
         <v>3</v>
       </c>
       <c r="M5">
         <v>3</v>
       </c>
       <c r="N5">
         <v>2</v>
       </c>
       <c r="O5">
         <v>2</v>
       </c>
       <c r="P5">
         <v>2</v>
       </c>
@@ -966,51 +966,51 @@
       </c>
       <c r="AB6">
         <v>2</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>Open</v>
       </c>
       <c r="B7" t="str">
         <v>6</v>
       </c>
       <c r="C7">
         <v>6</v>
       </c>
       <c r="D7" t="str">
         <v>To brødre som ikke er brødre</v>
       </c>
       <c r="E7">
         <v>-11</v>
       </c>
       <c r="F7">
         <v>48</v>
       </c>
       <c r="H7" t="str">
-        <v>torvaga,markusbv</v>
+        <v>markusbv,torvaga</v>
       </c>
       <c r="I7">
         <v>-11</v>
       </c>
       <c r="J7">
         <v>48</v>
       </c>
       <c r="K7">
         <v>3</v>
       </c>
       <c r="L7">
         <v>3</v>
       </c>
       <c r="M7">
         <v>2</v>
       </c>
       <c r="N7">
         <v>2</v>
       </c>
       <c r="O7">
         <v>2</v>
       </c>
       <c r="P7">
         <v>2</v>
       </c>
@@ -1298,51 +1298,51 @@
       </c>
       <c r="AB10">
         <v>3</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>Open</v>
       </c>
       <c r="B11" t="str">
         <v>T7</v>
       </c>
       <c r="C11">
         <v>7</v>
       </c>
       <c r="D11" t="str">
         <v>Team Dygano</v>
       </c>
       <c r="E11">
         <v>-10</v>
       </c>
       <c r="F11">
         <v>49</v>
       </c>
       <c r="H11" t="str">
-        <v>gaudyrn,eriknordgard1</v>
+        <v>eriknordgard1,gaudyrn</v>
       </c>
       <c r="I11">
         <v>-10</v>
       </c>
       <c r="J11">
         <v>49</v>
       </c>
       <c r="K11">
         <v>2</v>
       </c>
       <c r="L11">
         <v>3</v>
       </c>
       <c r="M11">
         <v>2</v>
       </c>
       <c r="N11">
         <v>3</v>
       </c>
       <c r="O11">
         <v>2</v>
       </c>
       <c r="P11">
         <v>3</v>
       </c>
@@ -1381,51 +1381,51 @@
       </c>
       <c r="AB11">
         <v>3</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>Open</v>
       </c>
       <c r="B12" t="str">
         <v>T7</v>
       </c>
       <c r="C12">
         <v>7</v>
       </c>
       <c r="D12" t="str">
         <v>🍄Team ErKe🍄</v>
       </c>
       <c r="E12">
         <v>-10</v>
       </c>
       <c r="F12">
         <v>49</v>
       </c>
       <c r="H12" t="str">
-        <v>kevintangen,eriklunde</v>
+        <v>eriklunde,kevintangen</v>
       </c>
       <c r="I12">
         <v>-10</v>
       </c>
       <c r="J12">
         <v>49</v>
       </c>
       <c r="K12">
         <v>3</v>
       </c>
       <c r="L12">
         <v>3</v>
       </c>
       <c r="M12">
         <v>3</v>
       </c>
       <c r="N12">
         <v>2</v>
       </c>
       <c r="O12">
         <v>2</v>
       </c>
       <c r="P12">
         <v>3</v>
       </c>
@@ -1464,51 +1464,51 @@
       </c>
       <c r="AB12">
         <v>3</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>Open</v>
       </c>
       <c r="B13" t="str">
         <v>T12</v>
       </c>
       <c r="C13">
         <v>12</v>
       </c>
       <c r="D13" t="str">
         <v>Gjøvik’s store sønn</v>
       </c>
       <c r="E13">
         <v>-9</v>
       </c>
       <c r="F13">
         <v>50</v>
       </c>
       <c r="H13" t="str">
-        <v>kristofferand,kasperols</v>
+        <v>kasperols,kristofferand</v>
       </c>
       <c r="I13">
         <v>-9</v>
       </c>
       <c r="J13">
         <v>50</v>
       </c>
       <c r="K13">
         <v>2</v>
       </c>
       <c r="L13">
         <v>3</v>
       </c>
       <c r="M13">
         <v>3</v>
       </c>
       <c r="N13">
         <v>3</v>
       </c>
       <c r="O13">
         <v>3</v>
       </c>
       <c r="P13">
         <v>3</v>
       </c>
@@ -1796,51 +1796,51 @@
       </c>
       <c r="AB16">
         <v>2</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>Open</v>
       </c>
       <c r="B17" t="str">
         <v>T15</v>
       </c>
       <c r="C17">
         <v>15</v>
       </c>
       <c r="D17" t="str">
         <v>Joachim og Fredrik</v>
       </c>
       <c r="E17">
         <v>-8</v>
       </c>
       <c r="F17">
         <v>51</v>
       </c>
       <c r="H17" t="str">
-        <v>fbjens,josokla</v>
+        <v>josokla,fbjens</v>
       </c>
       <c r="I17">
         <v>-8</v>
       </c>
       <c r="J17">
         <v>51</v>
       </c>
       <c r="K17">
         <v>3</v>
       </c>
       <c r="L17">
         <v>4</v>
       </c>
       <c r="M17">
         <v>2</v>
       </c>
       <c r="N17">
         <v>2</v>
       </c>
       <c r="O17">
         <v>2</v>
       </c>
       <c r="P17">
         <v>3</v>
       </c>
@@ -2045,51 +2045,51 @@
       </c>
       <c r="AB19">
         <v>3</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v>Open</v>
       </c>
       <c r="B20" t="str">
         <v>T19</v>
       </c>
       <c r="C20">
         <v>19</v>
       </c>
       <c r="D20" t="str">
         <v>Birdbogey</v>
       </c>
       <c r="E20">
         <v>-7</v>
       </c>
       <c r="F20">
         <v>52</v>
       </c>
       <c r="H20" t="str">
-        <v>sespens,puffet</v>
+        <v>puffet,sespens</v>
       </c>
       <c r="I20">
         <v>-7</v>
       </c>
       <c r="J20">
         <v>52</v>
       </c>
       <c r="K20">
         <v>3</v>
       </c>
       <c r="L20">
         <v>2</v>
       </c>
       <c r="M20">
         <v>3</v>
       </c>
       <c r="N20">
         <v>2</v>
       </c>
       <c r="O20">
         <v>2</v>
       </c>
       <c r="P20">
         <v>3</v>
       </c>
@@ -2128,51 +2128,51 @@
       </c>
       <c r="AB20">
         <v>4</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v>Open</v>
       </c>
       <c r="B21" t="str">
         <v>T19</v>
       </c>
       <c r="C21">
         <v>19</v>
       </c>
       <c r="D21" t="str">
         <v>Guttungen og far hass</v>
       </c>
       <c r="E21">
         <v>-7</v>
       </c>
       <c r="F21">
         <v>52</v>
       </c>
       <c r="H21" t="str">
-        <v>tobias20009,kochen77</v>
+        <v>kochen77,tobias20009</v>
       </c>
       <c r="I21">
         <v>-7</v>
       </c>
       <c r="J21">
         <v>52</v>
       </c>
       <c r="K21">
         <v>2</v>
       </c>
       <c r="L21">
         <v>3</v>
       </c>
       <c r="M21">
         <v>3</v>
       </c>
       <c r="N21">
         <v>2</v>
       </c>
       <c r="O21">
         <v>3</v>
       </c>
       <c r="P21">
         <v>3</v>
       </c>
@@ -2211,51 +2211,51 @@
       </c>
       <c r="AB21">
         <v>3</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
         <v>Open</v>
       </c>
       <c r="B22" t="str">
         <v>T19</v>
       </c>
       <c r="C22">
         <v>19</v>
       </c>
       <c r="D22" t="str">
         <v>Hengergjengen</v>
       </c>
       <c r="E22">
         <v>-7</v>
       </c>
       <c r="F22">
         <v>52</v>
       </c>
       <c r="H22" t="str">
-        <v>chillaxe,jorgenthegreat</v>
+        <v>jorgenthegreat,chillaxe</v>
       </c>
       <c r="I22">
         <v>-7</v>
       </c>
       <c r="J22">
         <v>52</v>
       </c>
       <c r="K22">
         <v>2</v>
       </c>
       <c r="L22">
         <v>3</v>
       </c>
       <c r="M22">
         <v>3</v>
       </c>
       <c r="N22">
         <v>2</v>
       </c>
       <c r="O22">
         <v>2</v>
       </c>
       <c r="P22">
         <v>2</v>
       </c>
@@ -2294,51 +2294,51 @@
       </c>
       <c r="AB22">
         <v>3</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
         <v>Open</v>
       </c>
       <c r="B23" t="str">
         <v>T19</v>
       </c>
       <c r="C23">
         <v>19</v>
       </c>
       <c r="D23" t="str">
         <v>Tangerudbakken putt &amp; approach</v>
       </c>
       <c r="E23">
         <v>-7</v>
       </c>
       <c r="F23">
         <v>52</v>
       </c>
       <c r="H23" t="str">
-        <v>kaieven,nico293</v>
+        <v>nico293,kaieven</v>
       </c>
       <c r="I23">
         <v>-7</v>
       </c>
       <c r="J23">
         <v>52</v>
       </c>
       <c r="K23">
         <v>3</v>
       </c>
       <c r="L23">
         <v>3</v>
       </c>
       <c r="M23">
         <v>2</v>
       </c>
       <c r="N23">
         <v>3</v>
       </c>
       <c r="O23">
         <v>3</v>
       </c>
       <c r="P23">
         <v>2</v>
       </c>
@@ -2377,51 +2377,51 @@
       </c>
       <c r="AB23">
         <v>3</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
         <v>Open</v>
       </c>
       <c r="B24" t="str">
         <v>T23</v>
       </c>
       <c r="C24">
         <v>23</v>
       </c>
       <c r="D24" t="str">
         <v>Chainsmokers</v>
       </c>
       <c r="E24">
         <v>-6</v>
       </c>
       <c r="F24">
         <v>53</v>
       </c>
       <c r="H24" t="str">
-        <v>sandyboy79,sinnerud</v>
+        <v>sinnerud,sandyboy79</v>
       </c>
       <c r="I24">
         <v>-6</v>
       </c>
       <c r="J24">
         <v>53</v>
       </c>
       <c r="K24">
         <v>3</v>
       </c>
       <c r="L24">
         <v>3</v>
       </c>
       <c r="M24">
         <v>3</v>
       </c>
       <c r="N24">
         <v>2</v>
       </c>
       <c r="O24">
         <v>2</v>
       </c>
       <c r="P24">
         <v>3</v>
       </c>
@@ -2460,51 +2460,51 @@
       </c>
       <c r="AB24">
         <v>4</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
         <v>Open</v>
       </c>
       <c r="B25" t="str">
         <v>T23</v>
       </c>
       <c r="C25">
         <v>23</v>
       </c>
       <c r="D25" t="str">
         <v>Ottersiv</v>
       </c>
       <c r="E25">
         <v>-6</v>
       </c>
       <c r="F25">
         <v>53</v>
       </c>
       <c r="H25" t="str">
-        <v>ludvigotter,eldarsiv</v>
+        <v>eldarsiv,ludvigotter</v>
       </c>
       <c r="I25">
         <v>-6</v>
       </c>
       <c r="J25">
         <v>53</v>
       </c>
       <c r="K25">
         <v>3</v>
       </c>
       <c r="L25">
         <v>3</v>
       </c>
       <c r="M25">
         <v>3</v>
       </c>
       <c r="N25">
         <v>2</v>
       </c>
       <c r="O25">
         <v>3</v>
       </c>
       <c r="P25">
         <v>2</v>
       </c>
@@ -2626,51 +2626,51 @@
       </c>
       <c r="AB26">
         <v>3</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="str">
         <v>Open</v>
       </c>
       <c r="B27" t="str">
         <v>T26</v>
       </c>
       <c r="C27">
         <v>26</v>
       </c>
       <c r="D27" t="str">
         <v>Stensrud/Linnerud</v>
       </c>
       <c r="E27">
         <v>-5</v>
       </c>
       <c r="F27">
         <v>54</v>
       </c>
       <c r="H27" t="str">
-        <v>tormartins,linnerud</v>
+        <v>linnerud,tormartins</v>
       </c>
       <c r="I27">
         <v>-5</v>
       </c>
       <c r="J27">
         <v>54</v>
       </c>
       <c r="K27">
         <v>3</v>
       </c>
       <c r="L27">
         <v>3</v>
       </c>
       <c r="M27">
         <v>3</v>
       </c>
       <c r="N27">
         <v>3</v>
       </c>
       <c r="O27">
         <v>3</v>
       </c>
       <c r="P27">
         <v>3</v>
       </c>
@@ -2875,51 +2875,51 @@
       </c>
       <c r="AB29">
         <v>3</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="str">
         <v>Open</v>
       </c>
       <c r="B30" t="str">
         <v>T28</v>
       </c>
       <c r="C30">
         <v>28</v>
       </c>
       <c r="D30" t="str">
         <v xml:space="preserve">Real buljong </v>
       </c>
       <c r="E30">
         <v>-4</v>
       </c>
       <c r="F30">
         <v>55</v>
       </c>
       <c r="H30" t="str">
-        <v>bigboy6911,thomasskon</v>
+        <v>thomasskon,bigboy6911</v>
       </c>
       <c r="I30">
         <v>-4</v>
       </c>
       <c r="J30">
         <v>55</v>
       </c>
       <c r="K30">
         <v>3</v>
       </c>
       <c r="L30">
         <v>4</v>
       </c>
       <c r="M30">
         <v>3</v>
       </c>
       <c r="N30">
         <v>2</v>
       </c>
       <c r="O30">
         <v>2</v>
       </c>
       <c r="P30">
         <v>2</v>
       </c>
@@ -3124,51 +3124,51 @@
       </c>
       <c r="AB32">
         <v>3</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="str">
         <v>Open</v>
       </c>
       <c r="B33" t="str">
         <v>T28</v>
       </c>
       <c r="C33">
         <v>28</v>
       </c>
       <c r="D33" t="str">
         <v>Team dobbel bogey</v>
       </c>
       <c r="E33">
         <v>-4</v>
       </c>
       <c r="F33">
         <v>55</v>
       </c>
       <c r="H33" t="str">
-        <v>eklund144,tobbehansen</v>
+        <v>tobbehansen,eklund144</v>
       </c>
       <c r="I33">
         <v>-4</v>
       </c>
       <c r="J33">
         <v>55</v>
       </c>
       <c r="K33">
         <v>2</v>
       </c>
       <c r="L33">
         <v>3</v>
       </c>
       <c r="M33">
         <v>3</v>
       </c>
       <c r="N33">
         <v>3</v>
       </c>
       <c r="O33">
         <v>3</v>
       </c>
       <c r="P33">
         <v>4</v>
       </c>
@@ -3207,51 +3207,51 @@
       </c>
       <c r="AB33">
         <v>3</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="str">
         <v>Open</v>
       </c>
       <c r="B34" t="str">
         <v>T28</v>
       </c>
       <c r="C34">
         <v>28</v>
       </c>
       <c r="D34" t="str">
         <v>Ærbæremæ</v>
       </c>
       <c r="E34">
         <v>-4</v>
       </c>
       <c r="F34">
         <v>55</v>
       </c>
       <c r="H34" t="str">
-        <v>zpiffy,erland01</v>
+        <v>erland01,zpiffy</v>
       </c>
       <c r="I34">
         <v>-4</v>
       </c>
       <c r="J34">
         <v>55</v>
       </c>
       <c r="K34">
         <v>3</v>
       </c>
       <c r="L34">
         <v>3</v>
       </c>
       <c r="M34">
         <v>3</v>
       </c>
       <c r="N34">
         <v>3</v>
       </c>
       <c r="O34">
         <v>3</v>
       </c>
       <c r="P34">
         <v>3</v>
       </c>
@@ -3373,51 +3373,51 @@
       </c>
       <c r="AB35">
         <v>3</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="str">
         <v>Open</v>
       </c>
       <c r="B36" t="str">
         <v>T34</v>
       </c>
       <c r="C36">
         <v>34</v>
       </c>
       <c r="D36" t="str">
         <v>Itte sånn vældig gode</v>
       </c>
       <c r="E36">
         <v>-3</v>
       </c>
       <c r="F36">
         <v>56</v>
       </c>
       <c r="H36" t="str">
-        <v>nikjoh06,helgesenole</v>
+        <v>helgesenole,nikjoh06</v>
       </c>
       <c r="I36">
         <v>-3</v>
       </c>
       <c r="J36">
         <v>56</v>
       </c>
       <c r="K36">
         <v>4</v>
       </c>
       <c r="L36">
         <v>3</v>
       </c>
       <c r="M36">
         <v>3</v>
       </c>
       <c r="N36">
         <v>2</v>
       </c>
       <c r="O36">
         <v>2</v>
       </c>
       <c r="P36">
         <v>3</v>
       </c>
@@ -3622,51 +3622,51 @@
       </c>
       <c r="AB38">
         <v>3</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="str">
         <v>Open</v>
       </c>
       <c r="B39" t="str">
         <v>T36</v>
       </c>
       <c r="C39">
         <v>36</v>
       </c>
       <c r="D39" t="str">
         <v>Brødrene Brothers</v>
       </c>
       <c r="E39">
         <v>-2</v>
       </c>
       <c r="F39">
         <v>57</v>
       </c>
       <c r="H39" t="str">
-        <v>mrl1337,jonmartin83</v>
+        <v>jonmartin83,mrl1337</v>
       </c>
       <c r="I39">
         <v>-2</v>
       </c>
       <c r="J39">
         <v>57</v>
       </c>
       <c r="K39">
         <v>3</v>
       </c>
       <c r="L39">
         <v>4</v>
       </c>
       <c r="M39">
         <v>3</v>
       </c>
       <c r="N39">
         <v>2</v>
       </c>
       <c r="O39">
         <v>3</v>
       </c>
       <c r="P39">
         <v>3</v>
       </c>
@@ -3871,51 +3871,51 @@
       </c>
       <c r="AB41">
         <v>3</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="str">
         <v>Open</v>
       </c>
       <c r="B42" t="str">
         <v>T36</v>
       </c>
       <c r="C42">
         <v>36</v>
       </c>
       <c r="D42" t="str">
         <v>Sniperen og slegga</v>
       </c>
       <c r="E42">
         <v>-2</v>
       </c>
       <c r="F42">
         <v>57</v>
       </c>
       <c r="H42" t="str">
-        <v>sindrerg98,halvorovenstad</v>
+        <v>halvorovenstad,sindrerg98</v>
       </c>
       <c r="I42">
         <v>-2</v>
       </c>
       <c r="J42">
         <v>57</v>
       </c>
       <c r="K42">
         <v>2</v>
       </c>
       <c r="L42">
         <v>4</v>
       </c>
       <c r="M42">
         <v>3</v>
       </c>
       <c r="N42">
         <v>3</v>
       </c>
       <c r="O42">
         <v>3</v>
       </c>
       <c r="P42">
         <v>3</v>
       </c>
@@ -3954,51 +3954,51 @@
       </c>
       <c r="AB42">
         <v>4</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="str">
         <v>Open</v>
       </c>
       <c r="B43" t="str">
         <v>T42</v>
       </c>
       <c r="C43">
         <v>42</v>
       </c>
       <c r="D43" t="str">
         <v>Beard &amp; Chainz</v>
       </c>
       <c r="E43">
         <v>-1</v>
       </c>
       <c r="F43">
         <v>58</v>
       </c>
       <c r="H43" t="str">
-        <v>hyzerman81,svein93</v>
+        <v>svein93,kimh81dg</v>
       </c>
       <c r="I43">
         <v>-1</v>
       </c>
       <c r="J43">
         <v>58</v>
       </c>
       <c r="K43">
         <v>3</v>
       </c>
       <c r="L43">
         <v>3</v>
       </c>
       <c r="M43">
         <v>3</v>
       </c>
       <c r="N43">
         <v>4</v>
       </c>
       <c r="O43">
         <v>3</v>
       </c>
       <c r="P43">
         <v>2</v>
       </c>
@@ -4037,51 +4037,51 @@
       </c>
       <c r="AB43">
         <v>4</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="str">
         <v>Open</v>
       </c>
       <c r="B44" t="str">
         <v>T42</v>
       </c>
       <c r="C44">
         <v>42</v>
       </c>
       <c r="D44" t="str">
         <v>Bogeybro’s</v>
       </c>
       <c r="E44">
         <v>-1</v>
       </c>
       <c r="F44">
         <v>58</v>
       </c>
       <c r="H44" t="str">
-        <v>janroger95,sigbjørnø</v>
+        <v>sigbjørnø,janroger95</v>
       </c>
       <c r="I44">
         <v>-1</v>
       </c>
       <c r="J44">
         <v>58</v>
       </c>
       <c r="K44">
         <v>3</v>
       </c>
       <c r="L44">
         <v>3</v>
       </c>
       <c r="M44">
         <v>2</v>
       </c>
       <c r="N44">
         <v>3</v>
       </c>
       <c r="O44">
         <v>3</v>
       </c>
       <c r="P44">
         <v>3</v>
       </c>
@@ -4120,51 +4120,51 @@
       </c>
       <c r="AB44">
         <v>3</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="str">
         <v>Open</v>
       </c>
       <c r="B45" t="str">
         <v>44</v>
       </c>
       <c r="C45">
         <v>44</v>
       </c>
       <c r="D45" t="str">
         <v xml:space="preserve">Bogeytrain </v>
       </c>
       <c r="E45">
         <v>0</v>
       </c>
       <c r="F45">
         <v>59</v>
       </c>
       <c r="H45" t="str">
-        <v>kimhaak,peddern</v>
+        <v>peddern,kimhaak</v>
       </c>
       <c r="I45">
         <v>0</v>
       </c>
       <c r="J45">
         <v>59</v>
       </c>
       <c r="K45">
         <v>3</v>
       </c>
       <c r="L45">
         <v>4</v>
       </c>
       <c r="M45">
         <v>3</v>
       </c>
       <c r="N45">
         <v>3</v>
       </c>
       <c r="O45">
         <v>2</v>
       </c>
       <c r="P45">
         <v>3</v>
       </c>
@@ -4203,51 +4203,51 @@
       </c>
       <c r="AB45">
         <v>3</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="str">
         <v>Open</v>
       </c>
       <c r="B46" t="str">
         <v>45</v>
       </c>
       <c r="C46">
         <v>45</v>
       </c>
       <c r="D46" t="str">
         <v>Kort og en lang</v>
       </c>
       <c r="E46">
         <v>1</v>
       </c>
       <c r="F46">
         <v>60</v>
       </c>
       <c r="H46" t="str">
-        <v>haugom1,torbenberdal</v>
+        <v>torbenberdal,haugom1</v>
       </c>
       <c r="I46">
         <v>1</v>
       </c>
       <c r="J46">
         <v>60</v>
       </c>
       <c r="K46">
         <v>3</v>
       </c>
       <c r="L46">
         <v>4</v>
       </c>
       <c r="M46">
         <v>2</v>
       </c>
       <c r="N46">
         <v>3</v>
       </c>
       <c r="O46">
         <v>3</v>
       </c>
       <c r="P46">
         <v>3</v>
       </c>
@@ -4369,51 +4369,51 @@
       </c>
       <c r="AB47">
         <v>3</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="str">
         <v>Mixed</v>
       </c>
       <c r="B48" t="str">
         <v>1</v>
       </c>
       <c r="C48">
         <v>1</v>
       </c>
       <c r="D48" t="str">
         <v>Fot vrikkerne</v>
       </c>
       <c r="E48">
         <v>-8</v>
       </c>
       <c r="F48">
         <v>51</v>
       </c>
       <c r="H48" t="str">
-        <v>håvardsyv,eriksy07</v>
+        <v>eriksy07,håvardsyv</v>
       </c>
       <c r="I48">
         <v>-8</v>
       </c>
       <c r="J48">
         <v>51</v>
       </c>
       <c r="K48">
         <v>3</v>
       </c>
       <c r="L48">
         <v>3</v>
       </c>
       <c r="M48">
         <v>3</v>
       </c>
       <c r="N48">
         <v>3</v>
       </c>
       <c r="O48">
         <v>3</v>
       </c>
       <c r="P48">
         <v>3</v>
       </c>
@@ -4535,51 +4535,51 @@
       </c>
       <c r="AB49">
         <v>3</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="str">
         <v>Mixed</v>
       </c>
       <c r="B50" t="str">
         <v>T2</v>
       </c>
       <c r="C50">
         <v>2</v>
       </c>
       <c r="D50" t="str">
         <v>KatjaKaj &amp; BenteBerit</v>
       </c>
       <c r="E50">
         <v>-7</v>
       </c>
       <c r="F50">
         <v>52</v>
       </c>
       <c r="H50" t="str">
-        <v>henrikengh,karenbech</v>
+        <v>karenbech,henrikengh</v>
       </c>
       <c r="I50">
         <v>-7</v>
       </c>
       <c r="J50">
         <v>52</v>
       </c>
       <c r="K50">
         <v>3</v>
       </c>
       <c r="L50">
         <v>3</v>
       </c>
       <c r="M50">
         <v>3</v>
       </c>
       <c r="N50">
         <v>3</v>
       </c>
       <c r="O50">
         <v>3</v>
       </c>
       <c r="P50">
         <v>2</v>
       </c>
@@ -4701,51 +4701,51 @@
       </c>
       <c r="AB51">
         <v>3</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="str">
         <v>Mixed</v>
       </c>
       <c r="B52" t="str">
         <v>5</v>
       </c>
       <c r="C52">
         <v>5</v>
       </c>
       <c r="D52" t="str">
         <v>Ace hunters</v>
       </c>
       <c r="E52">
         <v>-3</v>
       </c>
       <c r="F52">
         <v>56</v>
       </c>
       <c r="H52" t="str">
-        <v>maritaskaug,lillehagen</v>
+        <v>lillehagen,maritaskaug</v>
       </c>
       <c r="I52">
         <v>-3</v>
       </c>
       <c r="J52">
         <v>56</v>
       </c>
       <c r="K52">
         <v>3</v>
       </c>
       <c r="L52">
         <v>3</v>
       </c>
       <c r="M52">
         <v>3</v>
       </c>
       <c r="N52">
         <v>2</v>
       </c>
       <c r="O52">
         <v>2</v>
       </c>
       <c r="P52">
         <v>3</v>
       </c>
@@ -4784,51 +4784,51 @@
       </c>
       <c r="AB52">
         <v>4</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="str">
         <v>Mixed</v>
       </c>
       <c r="B53" t="str">
         <v>6</v>
       </c>
       <c r="C53">
         <v>6</v>
       </c>
       <c r="D53" t="str">
         <v>Team Andrevalg🥲</v>
       </c>
       <c r="E53">
         <v>-1</v>
       </c>
       <c r="F53">
         <v>58</v>
       </c>
       <c r="H53" t="str">
-        <v>patrick02,adelinej</v>
+        <v>adelinej,patrick02</v>
       </c>
       <c r="I53">
         <v>-1</v>
       </c>
       <c r="J53">
         <v>58</v>
       </c>
       <c r="K53">
         <v>3</v>
       </c>
       <c r="L53">
         <v>4</v>
       </c>
       <c r="M53">
         <v>3</v>
       </c>
       <c r="N53">
         <v>3</v>
       </c>
       <c r="O53">
         <v>3</v>
       </c>
       <c r="P53">
         <v>3</v>
       </c>