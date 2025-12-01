--- v0 (2025-10-11)
+++ v1 (2025-12-01)
@@ -3103,50 +3103,53 @@
         <v>3</v>
       </c>
       <c r="AB31">
         <v>3</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="str">
         <v>Open</v>
       </c>
       <c r="B32" t="str">
         <v>T29</v>
       </c>
       <c r="C32">
         <v>29</v>
       </c>
       <c r="D32" t="str">
         <v>Sander Haga Joten</v>
       </c>
       <c r="E32">
         <v>5</v>
       </c>
       <c r="F32">
         <v>64</v>
       </c>
+      <c r="G32">
+        <v>302109</v>
+      </c>
       <c r="H32" t="str">
         <v>sanderhaga</v>
       </c>
       <c r="I32">
         <v>5</v>
       </c>
       <c r="J32">
         <v>64</v>
       </c>
       <c r="K32">
         <v>3</v>
       </c>
       <c r="L32">
         <v>5</v>
       </c>
       <c r="M32">
         <v>3</v>
       </c>
       <c r="N32">
         <v>3</v>
       </c>
       <c r="O32">
         <v>2</v>
       </c>
       <c r="P32">
@@ -4201,51 +4204,51 @@
       </c>
       <c r="AB44">
         <v>3</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="str">
         <v>Open</v>
       </c>
       <c r="B45" t="str">
         <v>44</v>
       </c>
       <c r="C45">
         <v>44</v>
       </c>
       <c r="D45" t="str">
         <v>Ola Olsen</v>
       </c>
       <c r="E45">
         <v>15</v>
       </c>
       <c r="F45">
         <v>74</v>
       </c>
       <c r="H45" t="str">
-        <v>sircanthitalot</v>
+        <v>themandolorean</v>
       </c>
       <c r="I45">
         <v>15</v>
       </c>
       <c r="J45">
         <v>74</v>
       </c>
       <c r="K45">
         <v>4</v>
       </c>
       <c r="L45">
         <v>4</v>
       </c>
       <c r="M45">
         <v>3</v>
       </c>
       <c r="N45">
         <v>3</v>
       </c>
       <c r="O45">
         <v>3</v>
       </c>
       <c r="P45">
         <v>4</v>
       </c>