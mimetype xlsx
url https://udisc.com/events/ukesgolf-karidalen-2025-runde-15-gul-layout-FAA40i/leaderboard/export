--- v0 (2025-10-11)
+++ v1 (2025-12-01)
@@ -4462,51 +4462,51 @@
       </c>
       <c r="AB47">
         <v>4</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="str">
         <v>Open</v>
       </c>
       <c r="B48" t="str">
         <v>T46</v>
       </c>
       <c r="C48">
         <v>46</v>
       </c>
       <c r="D48" t="str">
         <v>Ola Olsen</v>
       </c>
       <c r="E48">
         <v>11</v>
       </c>
       <c r="F48">
         <v>70</v>
       </c>
       <c r="H48" t="str">
-        <v>sircanthitalot</v>
+        <v>themandolorean</v>
       </c>
       <c r="I48">
         <v>11</v>
       </c>
       <c r="J48">
         <v>70</v>
       </c>
       <c r="K48">
         <v>3</v>
       </c>
       <c r="L48">
         <v>5</v>
       </c>
       <c r="M48">
         <v>5</v>
       </c>
       <c r="N48">
         <v>4</v>
       </c>
       <c r="O48">
         <v>4</v>
       </c>
       <c r="P48">
         <v>3</v>
       </c>