--- v0 (2025-10-11)
+++ v1 (2025-12-01)
@@ -5052,51 +5052,51 @@
       </c>
       <c r="AB54">
         <v>4</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="str">
         <v>Open</v>
       </c>
       <c r="B55" t="str">
         <v>54</v>
       </c>
       <c r="C55">
         <v>54</v>
       </c>
       <c r="D55" t="str">
         <v>Ola Olsen</v>
       </c>
       <c r="E55">
         <v>38</v>
       </c>
       <c r="F55">
         <v>97</v>
       </c>
       <c r="H55" t="str">
-        <v>sircanthitalot</v>
+        <v>themandolorean</v>
       </c>
       <c r="I55">
         <v>38</v>
       </c>
       <c r="J55">
         <v>97</v>
       </c>
       <c r="K55">
         <v>5</v>
       </c>
       <c r="L55">
         <v>5</v>
       </c>
       <c r="M55">
         <v>9</v>
       </c>
       <c r="N55">
         <v>4</v>
       </c>
       <c r="O55">
         <v>4</v>
       </c>
       <c r="P55">
         <v>5</v>
       </c>