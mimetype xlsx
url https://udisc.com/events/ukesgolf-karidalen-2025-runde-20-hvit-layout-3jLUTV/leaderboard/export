--- v0 (2025-10-11)
+++ v1 (2025-12-01)
@@ -4367,51 +4367,51 @@
       </c>
       <c r="AB46">
         <v>3</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="str">
         <v>Open</v>
       </c>
       <c r="B47" t="str">
         <v>T45</v>
       </c>
       <c r="C47">
         <v>45</v>
       </c>
       <c r="D47" t="str">
         <v>Ola Olsen</v>
       </c>
       <c r="E47">
         <v>20</v>
       </c>
       <c r="F47">
         <v>79</v>
       </c>
       <c r="H47" t="str">
-        <v>sircanthitalot</v>
+        <v>themandolorean</v>
       </c>
       <c r="I47">
         <v>20</v>
       </c>
       <c r="J47">
         <v>79</v>
       </c>
       <c r="K47">
         <v>4</v>
       </c>
       <c r="L47">
         <v>5</v>
       </c>
       <c r="M47">
         <v>3</v>
       </c>
       <c r="N47">
         <v>4</v>
       </c>
       <c r="O47">
         <v>5</v>
       </c>
       <c r="P47">
         <v>4</v>
       </c>