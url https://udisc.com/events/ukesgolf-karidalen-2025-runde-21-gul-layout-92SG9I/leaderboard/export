--- v0 (2025-10-11)
+++ v1 (2026-01-31)
@@ -1912,51 +1912,51 @@
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>Open</v>
       </c>
       <c r="B18" t="str">
         <v>17</v>
       </c>
       <c r="C18">
         <v>17</v>
       </c>
       <c r="D18" t="str">
         <v>Kim Harbak</v>
       </c>
       <c r="E18">
         <v>4</v>
       </c>
       <c r="F18">
         <v>63</v>
       </c>
       <c r="G18">
         <v>283874</v>
       </c>
       <c r="H18" t="str">
-        <v>hyzerman81</v>
+        <v>kimh81dg</v>
       </c>
       <c r="I18">
         <v>4</v>
       </c>
       <c r="J18">
         <v>63</v>
       </c>
       <c r="K18">
         <v>3</v>
       </c>
       <c r="L18">
         <v>4</v>
       </c>
       <c r="M18">
         <v>4</v>
       </c>
       <c r="N18">
         <v>3</v>
       </c>
       <c r="O18">
         <v>3</v>
       </c>
       <c r="P18">
         <v>3</v>
       </c>