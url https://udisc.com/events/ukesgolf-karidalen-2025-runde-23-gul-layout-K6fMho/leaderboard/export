--- v0 (2025-10-11)
+++ v1 (2026-01-31)
@@ -3439,51 +3439,51 @@
       </c>
     </row>
     <row r="36">
       <c r="A36" t="str">
         <v>Open</v>
       </c>
       <c r="B36" t="str">
         <v>T25</v>
       </c>
       <c r="C36">
         <v>25</v>
       </c>
       <c r="D36" t="str">
         <v>Kim Harbak</v>
       </c>
       <c r="E36">
         <v>3</v>
       </c>
       <c r="F36">
         <v>62</v>
       </c>
       <c r="G36">
         <v>283874</v>
       </c>
       <c r="H36" t="str">
-        <v>hyzerman81</v>
+        <v>kimh81dg</v>
       </c>
       <c r="I36">
         <v>3</v>
       </c>
       <c r="J36">
         <v>62</v>
       </c>
       <c r="K36">
         <v>3</v>
       </c>
       <c r="L36">
         <v>4</v>
       </c>
       <c r="M36">
         <v>3</v>
       </c>
       <c r="N36">
         <v>3</v>
       </c>
       <c r="O36">
         <v>4</v>
       </c>
       <c r="P36">
         <v>2</v>
       </c>