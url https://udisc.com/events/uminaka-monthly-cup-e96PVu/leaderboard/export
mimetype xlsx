--- v0 (2025-12-17)
+++ v1 (2026-01-31)
@@ -1051,104 +1051,107 @@
       </c>
       <c r="H17" t="str">
         <v>achan114</v>
       </c>
       <c r="I17">
         <v>45</v>
       </c>
       <c r="J17">
         <v>35</v>
       </c>
       <c r="K17">
         <v>99</v>
       </c>
       <c r="L17">
         <v>89</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>GEN</v>
       </c>
       <c r="B18" t="str">
         <v>DNF</v>
       </c>
       <c r="D18" t="str">
-        <v>北原　朋子</v>
+        <v>北原　將平</v>
       </c>
       <c r="E18">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F18">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="G18">
-        <v>276385</v>
+        <v>225773</v>
       </c>
       <c r="H18" t="str">
-        <v>tomocal</v>
+        <v>showmandisc</v>
       </c>
       <c r="I18">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="J18">
         <v>0</v>
       </c>
       <c r="K18">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="L18">
         <v>0</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>GEN</v>
       </c>
       <c r="B19" t="str">
         <v>DNF</v>
       </c>
       <c r="D19" t="str">
-        <v>北原　將平</v>
+        <v>北原　朋子</v>
       </c>
       <c r="E19">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F19">
-        <v>56</v>
+        <v>57</v>
+      </c>
+      <c r="G19">
+        <v>276385</v>
       </c>
       <c r="H19" t="str">
-        <v>showmandisc</v>
+        <v>tomocal</v>
       </c>
       <c r="I19">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="J19">
         <v>0</v>
       </c>
       <c r="K19">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="L19">
         <v>0</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v>GEN</v>
       </c>
       <c r="B20" t="str">
         <v>DNF</v>
       </c>
       <c r="D20" t="str">
         <v>嘉村　善正</v>
       </c>
       <c r="E20">
         <v>8</v>
       </c>
       <c r="F20">
         <v>62</v>
       </c>
       <c r="H20" t="str">
         <v>kamura</v>
       </c>
       <c r="I20">
@@ -1707,203 +1710,206 @@
       </c>
       <c r="Y6">
         <v>3</v>
       </c>
       <c r="Z6">
         <v>3</v>
       </c>
       <c r="AA6">
         <v>3</v>
       </c>
       <c r="AB6">
         <v>3</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>GEN</v>
       </c>
       <c r="B7" t="str">
         <v>T6</v>
       </c>
       <c r="C7">
         <v>6</v>
       </c>
       <c r="D7" t="str">
-        <v>下川　征巳</v>
+        <v>北原　將平</v>
       </c>
       <c r="E7">
         <v>2</v>
       </c>
       <c r="F7">
         <v>56</v>
       </c>
+      <c r="G7">
+        <v>225773</v>
+      </c>
       <c r="H7" t="str">
-        <v>fros0205</v>
+        <v>showmandisc</v>
       </c>
       <c r="I7">
         <v>2</v>
       </c>
       <c r="J7">
         <v>56</v>
       </c>
       <c r="K7">
         <v>3</v>
       </c>
       <c r="L7">
         <v>3</v>
       </c>
       <c r="M7">
         <v>3</v>
       </c>
       <c r="N7">
         <v>3</v>
       </c>
       <c r="O7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P7">
         <v>3</v>
       </c>
       <c r="Q7">
         <v>3</v>
       </c>
       <c r="R7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T7">
         <v>3</v>
       </c>
       <c r="U7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X7">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Y7">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Z7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA7">
         <v>3</v>
       </c>
       <c r="AB7">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>GEN</v>
       </c>
       <c r="B8" t="str">
         <v>T6</v>
       </c>
       <c r="C8">
         <v>6</v>
       </c>
       <c r="D8" t="str">
-        <v>北原　將平</v>
+        <v>下川　征巳</v>
       </c>
       <c r="E8">
         <v>2</v>
       </c>
       <c r="F8">
         <v>56</v>
       </c>
       <c r="H8" t="str">
-        <v>showmandisc</v>
+        <v>fros0205</v>
       </c>
       <c r="I8">
         <v>2</v>
       </c>
       <c r="J8">
         <v>56</v>
       </c>
       <c r="K8">
         <v>3</v>
       </c>
       <c r="L8">
         <v>3</v>
       </c>
       <c r="M8">
         <v>3</v>
       </c>
       <c r="N8">
         <v>3</v>
       </c>
       <c r="O8">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P8">
         <v>3</v>
       </c>
       <c r="Q8">
         <v>3</v>
       </c>
       <c r="R8">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T8">
         <v>3</v>
       </c>
       <c r="U8">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V8">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X8">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Y8">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Z8">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA8">
         <v>3</v>
       </c>
       <c r="AB8">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>GEN</v>
       </c>
       <c r="B9" t="str">
         <v>T8</v>
       </c>
       <c r="C9">
         <v>8</v>
       </c>
       <c r="D9" t="str">
         <v>北原　朋子</v>
       </c>
       <c r="E9">
         <v>3</v>
       </c>
       <c r="F9">
         <v>57</v>
       </c>
       <c r="G9">
         <v>276385</v>
       </c>
       <c r="H9" t="str">
@@ -4342,89 +4348,92 @@
       </c>
       <c r="X17">
         <v>5</v>
       </c>
       <c r="Y17">
         <v>5</v>
       </c>
       <c r="Z17">
         <v>5</v>
       </c>
       <c r="AA17">
         <v>5</v>
       </c>
       <c r="AB17">
         <v>4</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>GEN</v>
       </c>
       <c r="B18" t="str">
         <v>DNF</v>
       </c>
       <c r="D18" t="str">
-        <v>北原　朋子</v>
+        <v>北原　將平</v>
       </c>
       <c r="E18">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F18">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="G18">
-        <v>276385</v>
+        <v>225773</v>
       </c>
       <c r="H18" t="str">
-        <v>tomocal</v>
+        <v>showmandisc</v>
       </c>
       <c r="I18">
         <v>0</v>
       </c>
       <c r="J18">
         <v>0</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>GEN</v>
       </c>
       <c r="B19" t="str">
         <v>DNF</v>
       </c>
       <c r="D19" t="str">
-        <v>北原　將平</v>
+        <v>北原　朋子</v>
       </c>
       <c r="E19">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F19">
-        <v>56</v>
+        <v>57</v>
+      </c>
+      <c r="G19">
+        <v>276385</v>
       </c>
       <c r="H19" t="str">
-        <v>showmandisc</v>
+        <v>tomocal</v>
       </c>
       <c r="I19">
         <v>0</v>
       </c>
       <c r="J19">
         <v>0</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v>GEN</v>
       </c>
       <c r="B20" t="str">
         <v>DNF</v>
       </c>
       <c r="D20" t="str">
         <v>嘉村　善正</v>
       </c>
       <c r="E20">
         <v>8</v>
       </c>
       <c r="F20">
         <v>62</v>
       </c>
       <c r="H20" t="str">