--- v0 (2026-01-12)
+++ v1 (2026-03-03)
@@ -601,50 +601,53 @@
         <v>44</v>
       </c>
       <c r="L4">
         <v>49</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>MPO</v>
       </c>
       <c r="B5" t="str">
         <v>4</v>
       </c>
       <c r="C5">
         <v>4</v>
       </c>
       <c r="D5" t="str">
         <v>北原　將平</v>
       </c>
       <c r="E5">
         <v>22</v>
       </c>
       <c r="F5">
         <v>94</v>
       </c>
+      <c r="G5">
+        <v>225773</v>
+      </c>
       <c r="H5" t="str">
         <v>showmandisc</v>
       </c>
       <c r="I5">
         <v>13</v>
       </c>
       <c r="J5">
         <v>9</v>
       </c>
       <c r="K5">
         <v>49</v>
       </c>
       <c r="L5">
         <v>45</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>MPO</v>
       </c>
       <c r="B6" t="str">
         <v>5</v>
       </c>
       <c r="C6">
         <v>5</v>
@@ -1906,50 +1909,53 @@
         <v>4</v>
       </c>
       <c r="V4">
         <v>5</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>MPO</v>
       </c>
       <c r="B5" t="str">
         <v>T4</v>
       </c>
       <c r="C5">
         <v>4</v>
       </c>
       <c r="D5" t="str">
         <v>北原　將平</v>
       </c>
       <c r="E5">
         <v>13</v>
       </c>
       <c r="F5">
         <v>49</v>
       </c>
+      <c r="G5">
+        <v>225773</v>
+      </c>
       <c r="H5" t="str">
         <v>showmandisc</v>
       </c>
       <c r="I5">
         <v>13</v>
       </c>
       <c r="J5">
         <v>49</v>
       </c>
       <c r="K5">
         <v>2</v>
       </c>
       <c r="L5">
         <v>5</v>
       </c>
       <c r="M5">
         <v>5</v>
       </c>
       <c r="N5">
         <v>6</v>
       </c>
       <c r="O5">
         <v>3</v>
       </c>
       <c r="P5">
@@ -4051,50 +4057,53 @@
         <v>3</v>
       </c>
       <c r="V4">
         <v>5</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>MPO</v>
       </c>
       <c r="B5" t="str">
         <v>4</v>
       </c>
       <c r="C5">
         <v>4</v>
       </c>
       <c r="D5" t="str">
         <v>北原　將平</v>
       </c>
       <c r="E5">
         <v>22</v>
       </c>
       <c r="F5">
         <v>94</v>
       </c>
+      <c r="G5">
+        <v>225773</v>
+      </c>
       <c r="H5" t="str">
         <v>showmandisc</v>
       </c>
       <c r="I5">
         <v>9</v>
       </c>
       <c r="J5">
         <v>45</v>
       </c>
       <c r="K5">
         <v>3</v>
       </c>
       <c r="L5">
         <v>4</v>
       </c>
       <c r="M5">
         <v>5</v>
       </c>
       <c r="N5">
         <v>3</v>
       </c>
       <c r="O5">
         <v>6</v>
       </c>
       <c r="P5">