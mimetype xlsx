--- v0 (2026-01-12)
+++ v1 (2026-02-05)
@@ -621,50 +621,53 @@
         <v>11</v>
       </c>
       <c r="K5">
         <v>44</v>
       </c>
       <c r="L5">
         <v>47</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>GEN</v>
       </c>
       <c r="B6" t="str">
         <v>DNF</v>
       </c>
       <c r="D6" t="str">
         <v>北原　將平</v>
       </c>
       <c r="E6">
         <v>23</v>
       </c>
       <c r="F6">
         <v>95</v>
       </c>
+      <c r="G6">
+        <v>225773</v>
+      </c>
       <c r="H6" t="str">
         <v>showmandisc</v>
       </c>
       <c r="I6">
         <v>7</v>
       </c>
       <c r="J6">
         <v>16</v>
       </c>
       <c r="K6">
         <v>43</v>
       </c>
       <c r="L6">
         <v>52</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>GEN</v>
       </c>
       <c r="B7" t="str">
         <v>DNF</v>
       </c>
       <c r="D7" t="str">
         <v>中村　りく</v>
@@ -1289,50 +1292,53 @@
       <c r="U5">
         <v>5</v>
       </c>
       <c r="V5">
         <v>4</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>GEN</v>
       </c>
       <c r="B6" t="str">
         <v>5</v>
       </c>
       <c r="C6">
         <v>5</v>
       </c>
       <c r="D6" t="str">
         <v>北原　將平</v>
       </c>
       <c r="E6">
         <v>7</v>
       </c>
       <c r="F6">
         <v>43</v>
+      </c>
+      <c r="G6">
+        <v>225773</v>
       </c>
       <c r="H6" t="str">
         <v>showmandisc</v>
       </c>
       <c r="I6">
         <v>7</v>
       </c>
       <c r="J6">
         <v>43</v>
       </c>
       <c r="K6">
         <v>3</v>
       </c>
       <c r="L6">
         <v>3</v>
       </c>
       <c r="M6">
         <v>5</v>
       </c>
       <c r="N6">
         <v>2</v>
       </c>
       <c r="O6">
         <v>4</v>
       </c>
@@ -2220,50 +2226,53 @@
         <v>5</v>
       </c>
       <c r="U5">
         <v>4</v>
       </c>
       <c r="V5">
         <v>3</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>GEN</v>
       </c>
       <c r="B6" t="str">
         <v>DNF</v>
       </c>
       <c r="D6" t="str">
         <v>北原　將平</v>
       </c>
       <c r="E6">
         <v>23</v>
       </c>
       <c r="F6">
         <v>95</v>
       </c>
+      <c r="G6">
+        <v>225773</v>
+      </c>
       <c r="H6" t="str">
         <v>showmandisc</v>
       </c>
       <c r="I6">
         <v>16</v>
       </c>
       <c r="J6">
         <v>52</v>
       </c>
       <c r="K6">
         <v>6</v>
       </c>
       <c r="L6">
         <v>4</v>
       </c>
       <c r="M6">
         <v>4</v>
       </c>
       <c r="N6">
         <v>5</v>
       </c>
       <c r="O6">
         <v>4</v>
       </c>
       <c r="P6">