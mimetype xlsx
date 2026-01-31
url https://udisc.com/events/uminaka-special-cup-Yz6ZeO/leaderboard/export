--- v0 (2026-01-11)
+++ v1 (2026-01-31)
@@ -654,101 +654,104 @@
       </c>
       <c r="H6" t="str">
         <v>thorhammersocki</v>
       </c>
       <c r="I6">
         <v>-3</v>
       </c>
       <c r="J6">
         <v>0</v>
       </c>
       <c r="K6">
         <v>33</v>
       </c>
       <c r="L6">
         <v>0</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>GEN</v>
       </c>
       <c r="B7" t="str">
         <v>DNF</v>
       </c>
       <c r="D7" t="str">
-        <v>のっぺ</v>
+        <v>北原　將平</v>
       </c>
       <c r="E7">
-        <v>10</v>
+        <v>-1</v>
       </c>
       <c r="F7">
-        <v>46</v>
+        <v>35</v>
+      </c>
+      <c r="G7">
+        <v>225773</v>
       </c>
       <c r="H7" t="str">
-        <v>noppe37</v>
+        <v>showmandisc</v>
       </c>
       <c r="I7">
-        <v>10</v>
+        <v>-1</v>
       </c>
       <c r="J7">
         <v>0</v>
       </c>
       <c r="K7">
-        <v>46</v>
+        <v>35</v>
       </c>
       <c r="L7">
         <v>0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>GEN</v>
       </c>
       <c r="B8" t="str">
         <v>DNF</v>
       </c>
       <c r="D8" t="str">
-        <v>北原　將平</v>
+        <v>のっぺ</v>
       </c>
       <c r="E8">
-        <v>-1</v>
+        <v>10</v>
       </c>
       <c r="F8">
-        <v>35</v>
+        <v>46</v>
       </c>
       <c r="H8" t="str">
-        <v>showmandisc</v>
+        <v>noppe37</v>
       </c>
       <c r="I8">
-        <v>-1</v>
+        <v>10</v>
       </c>
       <c r="J8">
         <v>0</v>
       </c>
       <c r="K8">
-        <v>35</v>
+        <v>46</v>
       </c>
       <c r="L8">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:L8"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:V8"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" width="8.83203125" customWidth="1"/>
     <col min="2" max="2" width="8.83203125" customWidth="1"/>
     <col min="3" max="3" width="12.83203125" customWidth="1"/>
     <col min="4" max="4" width="20.83203125" customWidth="1"/>
     <col min="5" max="5" width="20.83203125" customWidth="1"/>
     <col min="6" max="6" width="17.83203125" customWidth="1"/>
@@ -970,50 +973,53 @@
       <c r="U3">
         <v>3</v>
       </c>
       <c r="V3">
         <v>4</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>GEN</v>
       </c>
       <c r="B4" t="str">
         <v>T2</v>
       </c>
       <c r="C4">
         <v>2</v>
       </c>
       <c r="D4" t="str">
         <v>北原　將平</v>
       </c>
       <c r="E4">
         <v>-1</v>
       </c>
       <c r="F4">
         <v>35</v>
+      </c>
+      <c r="G4">
+        <v>225773</v>
       </c>
       <c r="H4" t="str">
         <v>showmandisc</v>
       </c>
       <c r="I4">
         <v>-1</v>
       </c>
       <c r="J4">
         <v>35</v>
       </c>
       <c r="K4">
         <v>3</v>
       </c>
       <c r="L4">
         <v>3</v>
       </c>
       <c r="M4">
         <v>3</v>
       </c>
       <c r="N4">
         <v>3</v>
       </c>
       <c r="O4">
         <v>3</v>
       </c>
@@ -1722,86 +1728,89 @@
       </c>
       <c r="F6">
         <v>33</v>
       </c>
       <c r="G6">
         <v>6669</v>
       </c>
       <c r="H6" t="str">
         <v>thorhammersocki</v>
       </c>
       <c r="I6">
         <v>0</v>
       </c>
       <c r="J6">
         <v>0</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>GEN</v>
       </c>
       <c r="B7" t="str">
         <v>DNF</v>
       </c>
       <c r="D7" t="str">
-        <v>のっぺ</v>
+        <v>北原　將平</v>
       </c>
       <c r="E7">
-        <v>10</v>
+        <v>-1</v>
       </c>
       <c r="F7">
-        <v>46</v>
+        <v>35</v>
+      </c>
+      <c r="G7">
+        <v>225773</v>
       </c>
       <c r="H7" t="str">
-        <v>noppe37</v>
+        <v>showmandisc</v>
       </c>
       <c r="I7">
         <v>0</v>
       </c>
       <c r="J7">
         <v>0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>GEN</v>
       </c>
       <c r="B8" t="str">
         <v>DNF</v>
       </c>
       <c r="D8" t="str">
-        <v>北原　將平</v>
+        <v>のっぺ</v>
       </c>
       <c r="E8">
-        <v>-1</v>
+        <v>10</v>
       </c>
       <c r="F8">
-        <v>35</v>
+        <v>46</v>
       </c>
       <c r="H8" t="str">
-        <v>showmandisc</v>
+        <v>noppe37</v>
       </c>
       <c r="I8">
         <v>0</v>
       </c>
       <c r="J8">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AB8"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>