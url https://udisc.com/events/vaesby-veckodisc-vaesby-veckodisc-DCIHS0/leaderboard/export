--- v0 (2026-02-01)
+++ v1 (2026-02-23)
@@ -794,883 +794,961 @@
       </c>
       <c r="Y4">
         <v>3</v>
       </c>
       <c r="Z4">
         <v>3</v>
       </c>
       <c r="AA4">
         <v>2</v>
       </c>
       <c r="AB4">
         <v>4</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>Mixed</v>
       </c>
       <c r="B5" t="str">
         <v>T4</v>
       </c>
       <c r="C5">
         <v>4</v>
       </c>
       <c r="D5" t="str">
-        <v>Carl Fröde</v>
+        <v>Patrik Helander</v>
       </c>
       <c r="E5">
         <v>0</v>
       </c>
       <c r="F5">
-        <v>44</v>
+        <v>56</v>
       </c>
       <c r="H5" t="str">
-        <v>callefröde</v>
+        <v>kungenavfrisbee</v>
       </c>
       <c r="I5">
         <v>0</v>
       </c>
       <c r="J5">
-        <v>44</v>
+        <v>56</v>
       </c>
       <c r="K5">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="L5">
         <v>2</v>
       </c>
       <c r="M5">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="N5">
         <v>3</v>
       </c>
       <c r="O5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q5">
         <v>3</v>
       </c>
       <c r="R5">
         <v>3</v>
       </c>
       <c r="S5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T5">
         <v>5</v>
       </c>
       <c r="U5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X5">
         <v>2</v>
+      </c>
+      <c r="Y5">
+        <v>4</v>
+      </c>
+      <c r="Z5">
+        <v>3</v>
+      </c>
+      <c r="AA5">
+        <v>3</v>
+      </c>
+      <c r="AB5">
+        <v>5</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>Mixed</v>
       </c>
       <c r="B6" t="str">
         <v>T4</v>
       </c>
       <c r="C6">
         <v>4</v>
       </c>
       <c r="D6" t="str">
-        <v>Kent Sundin</v>
+        <v>Themara</v>
       </c>
       <c r="E6">
         <v>0</v>
       </c>
       <c r="F6">
-        <v>44</v>
+        <v>56</v>
       </c>
       <c r="H6" t="str">
-        <v>kent1969</v>
+        <v>themara</v>
       </c>
       <c r="I6">
         <v>0</v>
       </c>
       <c r="J6">
-        <v>44</v>
+        <v>56</v>
       </c>
       <c r="K6">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="L6">
         <v>2</v>
       </c>
       <c r="M6">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N6">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O6">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P6">
         <v>3</v>
       </c>
       <c r="Q6">
         <v>3</v>
       </c>
       <c r="R6">
         <v>3</v>
       </c>
       <c r="S6">
         <v>4</v>
       </c>
       <c r="T6">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U6">
         <v>3</v>
       </c>
       <c r="V6">
         <v>3</v>
       </c>
       <c r="W6">
         <v>3</v>
       </c>
       <c r="X6">
-        <v>2</v>
+        <v>3</v>
+      </c>
+      <c r="Y6">
+        <v>3</v>
+      </c>
+      <c r="Z6">
+        <v>3</v>
+      </c>
+      <c r="AA6">
+        <v>3</v>
+      </c>
+      <c r="AB6">
+        <v>3</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>Mixed</v>
       </c>
       <c r="B7" t="str">
-        <v>T4</v>
+        <v>6</v>
       </c>
       <c r="C7">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="D7" t="str">
-        <v>Patrik Helander</v>
+        <v>Kent Sundin</v>
       </c>
       <c r="E7">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F7">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="H7" t="str">
-        <v>kungenavfrisbee</v>
+        <v>kent1969</v>
       </c>
       <c r="I7">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J7">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="K7">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="L7">
         <v>2</v>
       </c>
       <c r="M7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N7">
         <v>3</v>
       </c>
       <c r="O7">
         <v>3</v>
       </c>
       <c r="P7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q7">
         <v>3</v>
       </c>
       <c r="R7">
         <v>3</v>
       </c>
       <c r="S7">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="T7">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="U7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W7">
         <v>3</v>
       </c>
       <c r="X7">
         <v>2</v>
       </c>
       <c r="Y7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA7">
         <v>3</v>
       </c>
       <c r="AB7">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>Mixed</v>
       </c>
       <c r="B8" t="str">
         <v>T7</v>
       </c>
       <c r="C8">
         <v>7</v>
       </c>
       <c r="D8" t="str">
-        <v>Elisabeth Ståhlborg</v>
+        <v>Carl Fröde</v>
       </c>
       <c r="E8">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F8">
-        <v>48</v>
+        <v>58</v>
       </c>
       <c r="H8" t="str">
-        <v>hinnoreth</v>
+        <v>callefröde</v>
       </c>
       <c r="I8">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J8">
-        <v>48</v>
+        <v>58</v>
       </c>
       <c r="K8">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M8">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N8">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q8">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R8">
         <v>3</v>
       </c>
       <c r="S8">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T8">
         <v>5</v>
       </c>
       <c r="U8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V8">
         <v>3</v>
       </c>
       <c r="W8">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y8">
         <v>3</v>
+      </c>
+      <c r="Z8">
+        <v>4</v>
+      </c>
+      <c r="AA8">
+        <v>2</v>
+      </c>
+      <c r="AB8">
+        <v>5</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>Mixed</v>
       </c>
       <c r="B9" t="str">
         <v>T7</v>
       </c>
       <c r="C9">
         <v>7</v>
       </c>
       <c r="D9" t="str">
-        <v>Themara</v>
+        <v xml:space="preserve">Magnus Bergström </v>
       </c>
       <c r="E9">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F9">
-        <v>48</v>
+        <v>58</v>
       </c>
       <c r="H9" t="str">
-        <v>themara</v>
+        <v>bajen13</v>
       </c>
       <c r="I9">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J9">
-        <v>48</v>
+        <v>58</v>
       </c>
       <c r="K9">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="L9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M9">
         <v>4</v>
       </c>
       <c r="N9">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P9">
         <v>3</v>
       </c>
       <c r="Q9">
         <v>3</v>
       </c>
       <c r="R9">
         <v>3</v>
       </c>
       <c r="S9">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T9">
         <v>4</v>
       </c>
       <c r="U9">
         <v>3</v>
       </c>
       <c r="V9">
         <v>3</v>
       </c>
       <c r="W9">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y9">
+        <v>3</v>
+      </c>
+      <c r="Z9">
+        <v>3</v>
+      </c>
+      <c r="AA9">
+        <v>2</v>
+      </c>
+      <c r="AB9">
         <v>3</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>Mixed</v>
       </c>
       <c r="B10" t="str">
-        <v>9</v>
+        <v>T9</v>
       </c>
       <c r="C10">
         <v>9</v>
       </c>
       <c r="D10" t="str">
-        <v xml:space="preserve">Magnus Bergström </v>
+        <v>Nicklas Lindström</v>
       </c>
       <c r="E10">
         <v>3</v>
       </c>
       <c r="F10">
-        <v>50</v>
+        <v>59</v>
+      </c>
+      <c r="G10">
+        <v>294383</v>
       </c>
       <c r="H10" t="str">
-        <v>bajen13</v>
+        <v>nobadinho</v>
       </c>
       <c r="I10">
         <v>3</v>
       </c>
       <c r="J10">
-        <v>50</v>
+        <v>59</v>
       </c>
       <c r="K10">
         <v>5</v>
       </c>
       <c r="L10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N10">
         <v>3</v>
       </c>
       <c r="O10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P10">
         <v>3</v>
       </c>
       <c r="Q10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S10">
         <v>3</v>
       </c>
       <c r="T10">
         <v>4</v>
       </c>
       <c r="U10">
         <v>3</v>
       </c>
       <c r="V10">
         <v>3</v>
       </c>
       <c r="W10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X10">
-        <v>4</v>
+        <v>3</v>
+      </c>
+      <c r="Y10">
+        <v>3</v>
+      </c>
+      <c r="Z10">
+        <v>3</v>
+      </c>
+      <c r="AA10">
+        <v>2</v>
       </c>
       <c r="AB10">
         <v>3</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>Mixed</v>
       </c>
       <c r="B11" t="str">
-        <v>T10</v>
+        <v>T9</v>
       </c>
       <c r="C11">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D11" t="str">
-        <v>Nicklas Lindström</v>
+        <v>Elisabeth Ståhlborg</v>
       </c>
       <c r="E11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="F11">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>294383</v>
+        <v>59</v>
       </c>
       <c r="H11" t="str">
-        <v>nobadinho</v>
+        <v>hinnoreth</v>
       </c>
       <c r="I11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="J11">
-        <v>51</v>
+        <v>59</v>
       </c>
       <c r="K11">
+        <v>3</v>
+      </c>
+      <c r="L11">
+        <v>3</v>
+      </c>
+      <c r="M11">
+        <v>3</v>
+      </c>
+      <c r="N11">
+        <v>4</v>
+      </c>
+      <c r="O11">
+        <v>3</v>
+      </c>
+      <c r="P11">
+        <v>2</v>
+      </c>
+      <c r="Q11">
+        <v>4</v>
+      </c>
+      <c r="R11">
+        <v>3</v>
+      </c>
+      <c r="S11">
+        <v>4</v>
+      </c>
+      <c r="T11">
         <v>5</v>
       </c>
-      <c r="L11">
-[...25 lines deleted...]
-      </c>
       <c r="U11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V11">
         <v>3</v>
       </c>
       <c r="W11">
         <v>4</v>
       </c>
       <c r="X11">
+        <v>3</v>
+      </c>
+      <c r="Y11">
+        <v>3</v>
+      </c>
+      <c r="Z11">
+        <v>4</v>
+      </c>
+      <c r="AA11">
         <v>3</v>
       </c>
       <c r="AB11">
         <v>3</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>Mixed</v>
       </c>
       <c r="B12" t="str">
-        <v>T10</v>
+        <v>11</v>
       </c>
       <c r="C12">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D12" t="str">
-        <v>Fredrik Karlsson</v>
+        <v>Pär Olsson</v>
       </c>
       <c r="E12">
         <v>4</v>
       </c>
       <c r="F12">
-        <v>51</v>
+        <v>60</v>
       </c>
       <c r="H12" t="str">
-        <v>kaptejn87</v>
+        <v>prolsson</v>
       </c>
       <c r="I12">
         <v>4</v>
       </c>
       <c r="J12">
-        <v>51</v>
+        <v>60</v>
       </c>
       <c r="K12">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="L12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M12">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O12">
         <v>3</v>
       </c>
       <c r="P12">
         <v>4</v>
       </c>
       <c r="Q12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R12">
         <v>3</v>
       </c>
       <c r="S12">
         <v>3</v>
       </c>
       <c r="T12">
         <v>4</v>
       </c>
       <c r="U12">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W12">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X12">
         <v>3</v>
       </c>
       <c r="Y12">
         <v>3</v>
+      </c>
+      <c r="Z12">
+        <v>4</v>
+      </c>
+      <c r="AA12">
+        <v>3</v>
+      </c>
+      <c r="AB12">
+        <v>2</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>Mixed</v>
       </c>
       <c r="B13" t="str">
-        <v>T10</v>
+        <v>12</v>
       </c>
       <c r="C13">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D13" t="str">
-        <v>Pär Olsson</v>
+        <v>Anders</v>
       </c>
       <c r="E13">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="F13">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="H13" t="str">
-        <v>prolsson</v>
+        <v>atp111</v>
       </c>
       <c r="I13">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="J13">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="K13">
         <v>4</v>
       </c>
       <c r="L13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q13">
         <v>4</v>
       </c>
       <c r="R13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T13">
         <v>4</v>
       </c>
       <c r="U13">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X13">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y13">
         <v>3</v>
       </c>
       <c r="Z13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA13">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB13">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>Mixed</v>
       </c>
       <c r="B14" t="str">
         <v>T13</v>
       </c>
       <c r="C14">
         <v>13</v>
       </c>
       <c r="D14" t="str">
-        <v>Stefan Kronström</v>
+        <v>Fredrik Karlsson</v>
       </c>
       <c r="E14">
+        <v>6</v>
+      </c>
+      <c r="F14">
+        <v>62</v>
+      </c>
+      <c r="H14" t="str">
+        <v>kaptejn87</v>
+      </c>
+      <c r="I14">
+        <v>6</v>
+      </c>
+      <c r="J14">
+        <v>62</v>
+      </c>
+      <c r="K14">
         <v>5</v>
       </c>
-      <c r="F14">
-[...13 lines deleted...]
-      </c>
       <c r="L14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M14">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="N14">
         <v>3</v>
       </c>
       <c r="O14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R14">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U14">
         <v>3</v>
       </c>
       <c r="V14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W14">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="X14">
         <v>3</v>
+      </c>
+      <c r="Y14">
+        <v>3</v>
+      </c>
+      <c r="Z14">
+        <v>4</v>
+      </c>
+      <c r="AA14">
+        <v>3</v>
+      </c>
+      <c r="AB14">
+        <v>4</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>Mixed</v>
       </c>
       <c r="B15" t="str">
         <v>T13</v>
       </c>
       <c r="C15">
         <v>13</v>
       </c>
       <c r="D15" t="str">
-        <v>Anders</v>
+        <v>Stefan Kronström</v>
       </c>
       <c r="E15">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="F15">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="H15" t="str">
-        <v>atp111</v>
+        <v>stekro</v>
       </c>
       <c r="I15">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="J15">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="K15">
         <v>4</v>
       </c>
       <c r="L15">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M15">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="N15">
         <v>3</v>
       </c>
       <c r="O15">
         <v>4</v>
       </c>
       <c r="P15">
         <v>3</v>
       </c>
       <c r="Q15">
         <v>4</v>
       </c>
       <c r="R15">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="S15">
         <v>4</v>
       </c>
       <c r="T15">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U15">
         <v>3</v>
       </c>
       <c r="V15">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W15">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="X15">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y15">
         <v>3</v>
       </c>
       <c r="Z15">
         <v>3</v>
       </c>
       <c r="AA15">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB15">
         <v>4</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>Mixed</v>
       </c>
       <c r="B16" t="str">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>DNF</v>
       </c>
       <c r="D16" t="str">
         <v>Oscar Löfgren</v>
       </c>
       <c r="E16">
         <v>6</v>
       </c>
       <c r="F16">
         <v>34</v>
       </c>
       <c r="H16" t="str">
         <v>lrasco</v>
       </c>
       <c r="I16">
         <v>6</v>
       </c>
       <c r="J16">
         <v>34</v>
       </c>
       <c r="K16">
         <v>5</v>
       </c>
       <c r="L16">
         <v>4</v>
       </c>