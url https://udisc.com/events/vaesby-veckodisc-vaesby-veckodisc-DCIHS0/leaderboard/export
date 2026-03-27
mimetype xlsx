--- v1 (2026-02-23)
+++ v2 (2026-03-27)
@@ -794,203 +794,206 @@
       </c>
       <c r="Y4">
         <v>3</v>
       </c>
       <c r="Z4">
         <v>3</v>
       </c>
       <c r="AA4">
         <v>2</v>
       </c>
       <c r="AB4">
         <v>4</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>Mixed</v>
       </c>
       <c r="B5" t="str">
         <v>T4</v>
       </c>
       <c r="C5">
         <v>4</v>
       </c>
       <c r="D5" t="str">
-        <v>Patrik Helander</v>
+        <v>Themara</v>
       </c>
       <c r="E5">
         <v>0</v>
       </c>
       <c r="F5">
         <v>56</v>
       </c>
+      <c r="G5">
+        <v>321937</v>
+      </c>
       <c r="H5" t="str">
-        <v>kungenavfrisbee</v>
+        <v>themara</v>
       </c>
       <c r="I5">
         <v>0</v>
       </c>
       <c r="J5">
         <v>56</v>
       </c>
       <c r="K5">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="L5">
         <v>2</v>
       </c>
       <c r="M5">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="N5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q5">
         <v>3</v>
       </c>
       <c r="R5">
         <v>3</v>
       </c>
       <c r="S5">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="T5">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="U5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W5">
         <v>3</v>
       </c>
       <c r="X5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z5">
         <v>3</v>
       </c>
       <c r="AA5">
         <v>3</v>
       </c>
       <c r="AB5">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>Mixed</v>
       </c>
       <c r="B6" t="str">
         <v>T4</v>
       </c>
       <c r="C6">
         <v>4</v>
       </c>
       <c r="D6" t="str">
-        <v>Themara</v>
+        <v>Patrik Helander</v>
       </c>
       <c r="E6">
         <v>0</v>
       </c>
       <c r="F6">
         <v>56</v>
       </c>
       <c r="H6" t="str">
-        <v>themara</v>
+        <v>kungenavfrisbee</v>
       </c>
       <c r="I6">
         <v>0</v>
       </c>
       <c r="J6">
         <v>56</v>
       </c>
       <c r="K6">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="L6">
         <v>2</v>
       </c>
       <c r="M6">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="N6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P6">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q6">
         <v>3</v>
       </c>
       <c r="R6">
         <v>3</v>
       </c>
       <c r="S6">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="T6">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="U6">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V6">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W6">
         <v>3</v>
       </c>
       <c r="X6">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y6">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z6">
         <v>3</v>
       </c>
       <c r="AA6">
         <v>3</v>
       </c>
       <c r="AB6">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>Mixed</v>
       </c>
       <c r="B7" t="str">
         <v>6</v>
       </c>
       <c r="C7">
         <v>6</v>
       </c>
       <c r="D7" t="str">
         <v>Kent Sundin</v>
       </c>
       <c r="E7">
         <v>1</v>
       </c>
       <c r="F7">
         <v>57</v>
       </c>
       <c r="H7" t="str">
         <v>kent1969</v>
       </c>
       <c r="I7">