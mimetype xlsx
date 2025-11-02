--- v0 (2025-10-13)
+++ v1 (2025-11-02)
@@ -1642,51 +1642,51 @@
       <c r="C13">
         <v>10</v>
       </c>
       <c r="D13">
         <v>-17</v>
       </c>
       <c r="E13" t="str">
         <v>GEN</v>
       </c>
       <c r="F13" t="str">
         <v>12</v>
       </c>
       <c r="G13">
         <v>12</v>
       </c>
       <c r="H13" t="str">
         <v>Andrea</v>
       </c>
       <c r="I13">
         <v>27</v>
       </c>
       <c r="J13">
         <v>84</v>
       </c>
       <c r="L13" t="str">
-        <v>cheerfultree</v>
+        <v/>
       </c>
       <c r="M13">
         <v>27</v>
       </c>
       <c r="N13">
         <v>84</v>
       </c>
       <c r="O13">
         <v>4</v>
       </c>
       <c r="P13">
         <v>5</v>
       </c>
       <c r="Q13">
         <v>5</v>
       </c>
       <c r="R13">
         <v>5</v>
       </c>
       <c r="S13">
         <v>5</v>
       </c>
       <c r="T13">
         <v>5</v>
       </c>