--- v0 (2025-11-09)
+++ v1 (2025-12-06)
@@ -1568,1109 +1568,1106 @@
       </c>
       <c r="Y13">
         <v>3</v>
       </c>
       <c r="Z13">
         <v>5</v>
       </c>
       <c r="AA13">
         <v>3</v>
       </c>
       <c r="AB13">
         <v>3</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>GEN</v>
       </c>
       <c r="B14" t="str">
         <v>T13</v>
       </c>
       <c r="C14">
         <v>13</v>
       </c>
       <c r="D14" t="str">
-        <v>Wesley Solmon</v>
+        <v>Itai Ultman</v>
       </c>
       <c r="E14">
         <v>2</v>
       </c>
       <c r="F14">
-        <v>29</v>
+        <v>62</v>
+      </c>
+      <c r="G14">
+        <v>50794</v>
       </c>
       <c r="H14" t="str">
-        <v>wesleyes</v>
+        <v>itaiultman</v>
       </c>
       <c r="I14">
         <v>2</v>
       </c>
       <c r="J14">
-        <v>29</v>
+        <v>62</v>
+      </c>
+      <c r="K14">
+        <v>3</v>
+      </c>
+      <c r="L14">
+        <v>6</v>
+      </c>
+      <c r="M14">
+        <v>5</v>
+      </c>
+      <c r="N14">
+        <v>3</v>
+      </c>
+      <c r="O14">
+        <v>3</v>
       </c>
       <c r="P14">
         <v>3</v>
       </c>
       <c r="Q14">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="R14">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S14">
         <v>3</v>
       </c>
       <c r="T14">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="U14">
         <v>4</v>
       </c>
       <c r="V14">
         <v>3</v>
       </c>
       <c r="W14">
         <v>4</v>
+      </c>
+      <c r="X14">
+        <v>2</v>
+      </c>
+      <c r="Y14">
+        <v>3</v>
+      </c>
+      <c r="Z14">
+        <v>5</v>
+      </c>
+      <c r="AA14">
+        <v>3</v>
+      </c>
+      <c r="AB14">
+        <v>2</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>GEN</v>
       </c>
       <c r="B15" t="str">
         <v>T13</v>
       </c>
       <c r="C15">
         <v>13</v>
       </c>
       <c r="D15" t="str">
-        <v>Itai Ultman</v>
+        <v>Yggy King</v>
       </c>
       <c r="E15">
         <v>2</v>
       </c>
       <c r="F15">
         <v>62</v>
       </c>
       <c r="G15">
-        <v>50794</v>
+        <v>250232</v>
       </c>
       <c r="H15" t="str">
-        <v>itaiultman</v>
+        <v>yossarian</v>
       </c>
       <c r="I15">
         <v>2</v>
       </c>
       <c r="J15">
         <v>62</v>
       </c>
       <c r="K15">
         <v>3</v>
       </c>
       <c r="L15">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="M15">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="N15">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O15">
         <v>3</v>
       </c>
       <c r="P15">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q15">
         <v>3</v>
       </c>
       <c r="R15">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S15">
         <v>3</v>
       </c>
       <c r="T15">
         <v>4</v>
       </c>
       <c r="U15">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="V15">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W15">
         <v>4</v>
       </c>
       <c r="X15">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y15">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z15">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AA15">
         <v>3</v>
       </c>
       <c r="AB15">
         <v>2</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>GEN</v>
       </c>
       <c r="B16" t="str">
         <v>T13</v>
       </c>
       <c r="C16">
         <v>13</v>
       </c>
       <c r="D16" t="str">
-        <v>Yggy King</v>
+        <v>Matt Drage</v>
       </c>
       <c r="E16">
         <v>2</v>
       </c>
       <c r="F16">
         <v>62</v>
       </c>
       <c r="G16">
-        <v>250232</v>
+        <v>255364</v>
       </c>
       <c r="H16" t="str">
-        <v>yossarian</v>
+        <v>mattdrage</v>
       </c>
       <c r="I16">
         <v>2</v>
       </c>
       <c r="J16">
         <v>62</v>
       </c>
       <c r="K16">
         <v>3</v>
       </c>
       <c r="L16">
         <v>4</v>
       </c>
       <c r="M16">
         <v>4</v>
       </c>
       <c r="N16">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O16">
         <v>3</v>
       </c>
       <c r="P16">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q16">
         <v>3</v>
       </c>
       <c r="R16">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="S16">
         <v>3</v>
       </c>
       <c r="T16">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U16">
         <v>5</v>
       </c>
       <c r="V16">
         <v>4</v>
       </c>
       <c r="W16">
         <v>4</v>
       </c>
       <c r="X16">
         <v>3</v>
       </c>
       <c r="Y16">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z16">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA16">
         <v>3</v>
       </c>
       <c r="AB16">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>GEN</v>
       </c>
       <c r="B17" t="str">
-        <v>T13</v>
+        <v>16</v>
       </c>
       <c r="C17">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="D17" t="str">
-        <v>Matt Drage</v>
+        <v>Steve Crozier</v>
       </c>
       <c r="E17">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F17">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="G17">
-        <v>255364</v>
+        <v>115866</v>
       </c>
       <c r="H17" t="str">
-        <v>mattdrage</v>
+        <v>stozecroze</v>
       </c>
       <c r="I17">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="J17">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="K17">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L17">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M17">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="N17">
         <v>3</v>
       </c>
       <c r="O17">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P17">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="Q17">
         <v>3</v>
       </c>
       <c r="R17">
         <v>4</v>
       </c>
       <c r="S17">
         <v>3</v>
       </c>
       <c r="T17">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U17">
         <v>5</v>
       </c>
       <c r="V17">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W17">
         <v>4</v>
       </c>
       <c r="X17">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y17">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z17">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA17">
         <v>3</v>
       </c>
       <c r="AB17">
         <v>3</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>GEN</v>
       </c>
       <c r="B18" t="str">
-        <v>17</v>
+        <v>T17</v>
       </c>
       <c r="C18">
         <v>17</v>
       </c>
       <c r="D18" t="str">
-        <v>Steve Crozier</v>
+        <v>Eric Thompson</v>
       </c>
       <c r="E18">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="F18">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="G18">
-        <v>115866</v>
+        <v>195833</v>
       </c>
       <c r="H18" t="str">
-        <v>stozecroze</v>
+        <v>c4d3nza</v>
       </c>
       <c r="I18">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="J18">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="K18">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L18">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M18">
         <v>5</v>
       </c>
       <c r="N18">
         <v>3</v>
       </c>
       <c r="O18">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="P18">
         <v>5</v>
       </c>
       <c r="Q18">
         <v>3</v>
       </c>
       <c r="R18">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="S18">
         <v>3</v>
       </c>
       <c r="T18">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U18">
         <v>5</v>
       </c>
       <c r="V18">
         <v>3</v>
       </c>
       <c r="W18">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X18">
         <v>4</v>
       </c>
       <c r="Y18">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z18">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AA18">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB18">
         <v>3</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>GEN</v>
       </c>
       <c r="B19" t="str">
-        <v>T18</v>
+        <v>T17</v>
       </c>
       <c r="C19">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="D19" t="str">
-        <v>Eric Thompson</v>
+        <v>Paul Watson</v>
       </c>
       <c r="E19">
         <v>4</v>
       </c>
       <c r="F19">
         <v>64</v>
       </c>
       <c r="G19">
-        <v>195833</v>
+        <v>245136</v>
       </c>
       <c r="H19" t="str">
-        <v>c4d3nza</v>
+        <v>cptnvortex</v>
       </c>
       <c r="I19">
         <v>4</v>
       </c>
       <c r="J19">
         <v>64</v>
       </c>
       <c r="K19">
         <v>3</v>
       </c>
       <c r="L19">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M19">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="N19">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O19">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="P19">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Q19">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R19">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S19">
         <v>3</v>
       </c>
       <c r="T19">
         <v>3</v>
       </c>
       <c r="U19">
         <v>5</v>
       </c>
       <c r="V19">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W19">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X19">
         <v>4</v>
       </c>
       <c r="Y19">
         <v>3</v>
       </c>
       <c r="Z19">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AA19">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AB19">
         <v>3</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v>GEN</v>
       </c>
       <c r="B20" t="str">
-        <v>T18</v>
+        <v>T17</v>
       </c>
       <c r="C20">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="D20" t="str">
-        <v>Paul Watson</v>
+        <v xml:space="preserve">Erlend Polden </v>
       </c>
       <c r="E20">
         <v>4</v>
       </c>
       <c r="F20">
         <v>64</v>
       </c>
       <c r="G20">
-        <v>245136</v>
+        <v>278164</v>
       </c>
       <c r="H20" t="str">
-        <v>cptnvortex</v>
+        <v>errlnd</v>
       </c>
       <c r="I20">
         <v>4</v>
       </c>
       <c r="J20">
         <v>64</v>
       </c>
       <c r="K20">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L20">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M20">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N20">
         <v>4</v>
       </c>
       <c r="O20">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P20">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q20">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R20">
         <v>3</v>
       </c>
       <c r="S20">
         <v>3</v>
       </c>
       <c r="T20">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U20">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="V20">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W20">
         <v>4</v>
       </c>
       <c r="X20">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y20">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z20">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA20">
         <v>4</v>
       </c>
       <c r="AB20">
         <v>3</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v>GEN</v>
       </c>
       <c r="B21" t="str">
-        <v>T18</v>
+        <v>T17</v>
       </c>
       <c r="C21">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="D21" t="str">
-        <v xml:space="preserve">Erlend Polden </v>
+        <v>Duncan Macdonald</v>
       </c>
       <c r="E21">
         <v>4</v>
       </c>
       <c r="F21">
         <v>64</v>
       </c>
-      <c r="G21">
-[...1 lines deleted...]
-      </c>
       <c r="H21" t="str">
-        <v>errlnd</v>
+        <v>dmactime</v>
       </c>
       <c r="I21">
         <v>4</v>
       </c>
       <c r="J21">
         <v>64</v>
       </c>
       <c r="K21">
         <v>4</v>
       </c>
       <c r="L21">
         <v>4</v>
       </c>
       <c r="M21">
         <v>4</v>
       </c>
       <c r="N21">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O21">
         <v>4</v>
       </c>
       <c r="P21">
         <v>3</v>
       </c>
       <c r="Q21">
         <v>3</v>
       </c>
       <c r="R21">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S21">
         <v>3</v>
       </c>
       <c r="T21">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U21">
         <v>4</v>
       </c>
       <c r="V21">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W21">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="X21">
         <v>3</v>
       </c>
       <c r="Y21">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z21">
         <v>3</v>
       </c>
       <c r="AA21">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB21">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
         <v>GEN</v>
       </c>
       <c r="B22" t="str">
-        <v>T18</v>
+        <v>21</v>
       </c>
       <c r="C22">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="D22" t="str">
-        <v>Duncan Macdonald</v>
+        <v>Corey McKenelley</v>
       </c>
       <c r="E22">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="F22">
-        <v>64</v>
+        <v>69</v>
+      </c>
+      <c r="G22">
+        <v>92319</v>
       </c>
       <c r="H22" t="str">
-        <v>dmactime</v>
+        <v>cmckenelley</v>
       </c>
       <c r="I22">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="J22">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="K22">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L22">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="M22">
         <v>4</v>
       </c>
       <c r="N22">
         <v>3</v>
       </c>
       <c r="O22">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P22">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="Q22">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="R22">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="S22">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T22">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U22">
         <v>4</v>
       </c>
       <c r="V22">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W22">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="X22">
         <v>3</v>
       </c>
       <c r="Y22">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z22">
         <v>3</v>
       </c>
       <c r="AA22">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB22">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
         <v>GEN</v>
       </c>
       <c r="B23" t="str">
-        <v>22</v>
+        <v>T22</v>
       </c>
       <c r="C23">
         <v>22</v>
       </c>
       <c r="D23" t="str">
-        <v>Corey McKenelley</v>
+        <v>Ian Lung</v>
       </c>
       <c r="E23">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F23">
-        <v>69</v>
-[...2 lines deleted...]
-        <v>92319</v>
+        <v>74</v>
       </c>
       <c r="H23" t="str">
-        <v>cmckenelley</v>
+        <v>ironlungs</v>
       </c>
       <c r="I23">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="J23">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="K23">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="L23">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="M23">
         <v>4</v>
       </c>
       <c r="N23">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="O23">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P23">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="Q23">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="R23">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="S23">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T23">
         <v>4</v>
       </c>
       <c r="U23">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="V23">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="W23">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="X23">
         <v>3</v>
       </c>
       <c r="Y23">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z23">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="AA23">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB23">
         <v>3</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
         <v>GEN</v>
       </c>
       <c r="B24" t="str">
-        <v>T23</v>
+        <v>T22</v>
       </c>
       <c r="C24">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="D24" t="str">
-        <v>Ian Lung</v>
+        <v xml:space="preserve">Jon Hartley-Folz </v>
       </c>
       <c r="E24">
         <v>14</v>
       </c>
       <c r="F24">
         <v>74</v>
       </c>
       <c r="H24" t="str">
-        <v>ironlungs</v>
+        <v>jhartleyfolz</v>
       </c>
       <c r="I24">
         <v>14</v>
       </c>
       <c r="J24">
         <v>74</v>
       </c>
       <c r="K24">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="L24">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="M24">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="N24">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="O24">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P24">
         <v>5</v>
       </c>
       <c r="Q24">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="R24">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S24">
         <v>3</v>
       </c>
       <c r="T24">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U24">
         <v>5</v>
       </c>
       <c r="V24">
         <v>5</v>
       </c>
       <c r="W24">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="X24">
         <v>3</v>
       </c>
       <c r="Y24">
         <v>3</v>
       </c>
       <c r="Z24">
         <v>6</v>
       </c>
       <c r="AA24">
         <v>3</v>
       </c>
       <c r="AB24">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
         <v>GEN</v>
       </c>
       <c r="B25" t="str">
-        <v>T23</v>
+        <v>24</v>
       </c>
       <c r="C25">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D25" t="str">
-        <v xml:space="preserve">Jon Hartley-Folz </v>
+        <v>Nicole Spencer</v>
       </c>
       <c r="E25">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="F25">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="H25" t="str">
-        <v>jhartleyfolz</v>
+        <v>nmspencer</v>
       </c>
       <c r="I25">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="J25">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="K25">
         <v>4</v>
       </c>
       <c r="L25">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="M25">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="N25">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O25">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="P25">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Q25">
         <v>5</v>
       </c>
       <c r="R25">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S25">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T25">
         <v>3</v>
       </c>
       <c r="U25">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="V25">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="W25">
         <v>4</v>
       </c>
       <c r="X25">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y25">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z25">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="AA25">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB25">
         <v>4</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
         <v>GEN</v>
       </c>
       <c r="B26" t="str">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>DNF</v>
       </c>
       <c r="D26" t="str">
-        <v>Nicole Spencer</v>
+        <v>Wesley Solmon</v>
       </c>
       <c r="E26">
-        <v>16</v>
+        <v>2</v>
       </c>
       <c r="F26">
-        <v>76</v>
+        <v>29</v>
       </c>
       <c r="H26" t="str">
-        <v>nmspencer</v>
+        <v>wesleyes</v>
       </c>
       <c r="I26">
-        <v>16</v>
+        <v>2</v>
       </c>
       <c r="J26">
-        <v>76</v>
-[...14 lines deleted...]
-        <v>5</v>
+        <v>29</v>
       </c>
       <c r="P26">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q26">
         <v>5</v>
       </c>
       <c r="R26">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S26">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T26">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="U26">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="V26">
         <v>3</v>
       </c>
       <c r="W26">
-        <v>4</v>
-[...13 lines deleted...]
-      <c r="AB26">
         <v>4</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AB26"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">