--- v0 (2025-11-02)
+++ v1 (2026-01-12)
@@ -1325,51 +1325,51 @@
       </c>
       <c r="AB10">
         <v>7</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>GEN</v>
       </c>
       <c r="B11" t="str">
         <v>10</v>
       </c>
       <c r="C11">
         <v>10</v>
       </c>
       <c r="D11" t="str">
         <v>Logan Poon</v>
       </c>
       <c r="E11">
         <v>27</v>
       </c>
       <c r="F11">
         <v>89</v>
       </c>
       <c r="H11" t="str">
-        <v>biblustheonly</v>
+        <v>loganpoon</v>
       </c>
       <c r="I11">
         <v>27</v>
       </c>
       <c r="J11">
         <v>89</v>
       </c>
       <c r="K11">
         <v>3</v>
       </c>
       <c r="L11">
         <v>16</v>
       </c>
       <c r="M11">
         <v>3</v>
       </c>
       <c r="N11">
         <v>2</v>
       </c>
       <c r="O11">
         <v>5</v>
       </c>
       <c r="P11">
         <v>3</v>
       </c>