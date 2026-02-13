--- v0 (2025-12-16)
+++ v1 (2026-02-13)
@@ -1826,51 +1826,51 @@
       </c>
       <c r="AB16">
         <v>4</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>MA2</v>
       </c>
       <c r="B17" t="str">
         <v>T4</v>
       </c>
       <c r="C17">
         <v>4</v>
       </c>
       <c r="D17" t="str">
         <v>Dee C</v>
       </c>
       <c r="E17">
         <v>7</v>
       </c>
       <c r="F17">
         <v>61</v>
       </c>
       <c r="H17" t="str">
-        <v>deechr</v>
+        <v>dee234</v>
       </c>
       <c r="I17">
         <v>7</v>
       </c>
       <c r="J17">
         <v>61</v>
       </c>
       <c r="K17">
         <v>3</v>
       </c>
       <c r="L17">
         <v>4</v>
       </c>
       <c r="M17">
         <v>3</v>
       </c>
       <c r="N17">
         <v>3</v>
       </c>
       <c r="O17">
         <v>3</v>
       </c>
       <c r="P17">
         <v>3</v>
       </c>