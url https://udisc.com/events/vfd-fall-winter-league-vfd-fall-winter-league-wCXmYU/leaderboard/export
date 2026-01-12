--- v0 (2025-12-13)
+++ v1 (2026-01-12)
@@ -815,50 +815,53 @@
         <v>3</v>
       </c>
       <c r="AF4">
         <v>4</v>
       </c>
     </row>
     <row r="5">
       <c r="E5" t="str">
         <v>GEN</v>
       </c>
       <c r="F5" t="str">
         <v>T4</v>
       </c>
       <c r="G5">
         <v>4</v>
       </c>
       <c r="H5" t="str">
         <v>Brent Wallisch</v>
       </c>
       <c r="I5">
         <v>12</v>
       </c>
       <c r="J5">
         <v>69</v>
       </c>
+      <c r="K5">
+        <v>319278</v>
+      </c>
       <c r="L5" t="str">
         <v>bwall85</v>
       </c>
       <c r="M5">
         <v>12</v>
       </c>
       <c r="N5">
         <v>69</v>
       </c>
       <c r="O5">
         <v>2</v>
       </c>
       <c r="P5">
         <v>3</v>
       </c>
       <c r="Q5">
         <v>5</v>
       </c>
       <c r="R5">
         <v>3</v>
       </c>
       <c r="S5">
         <v>4</v>
       </c>
       <c r="T5">