--- v0 (2025-10-29)
+++ v1 (2026-03-15)
@@ -1988,51 +1988,51 @@
       </c>
       <c r="AB19">
         <v>3</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v>MX</v>
       </c>
       <c r="B20" t="str">
         <v>3</v>
       </c>
       <c r="C20">
         <v>3</v>
       </c>
       <c r="D20" t="str">
         <v>Dana Beach &amp; Kimberly Persad</v>
       </c>
       <c r="E20">
         <v>12</v>
       </c>
       <c r="F20">
         <v>73</v>
       </c>
       <c r="H20" t="str">
-        <v>danabeach14,kimmy11</v>
+        <v>danabeach14,kimmoslice</v>
       </c>
       <c r="I20">
         <v>12</v>
       </c>
       <c r="J20">
         <v>73</v>
       </c>
       <c r="K20">
         <v>3</v>
       </c>
       <c r="L20">
         <v>5</v>
       </c>
       <c r="M20">
         <v>3</v>
       </c>
       <c r="N20">
         <v>3</v>
       </c>
       <c r="O20">
         <v>4</v>
       </c>
       <c r="P20">
         <v>6</v>
       </c>